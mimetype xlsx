--- v0 (2025-12-29)
+++ v1 (2026-03-30)
@@ -16,51 +16,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Lokal" sheetId="1" r:id="rId4"/>
     <sheet name="Impor" sheetId="2" r:id="rId5"/>
     <sheet name="Irisan" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1658">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1666">
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>NAMA JENIS PRODUK</t>
   </si>
   <si>
     <t>Infusion pump</t>
   </si>
   <si>
     <t>Manual surgical instrument for general use</t>
   </si>
   <si>
     <t>Ear, nose, and throat manual surgical instrument</t>
   </si>
   <si>
     <t>Manual stethoscope</t>
   </si>
   <si>
     <t>AC-powered medical examination light</t>
   </si>
   <si>
     <t>Noninvasive blood pressure measurement system</t>
   </si>
   <si>
@@ -69,101 +69,116 @@
   <si>
     <t>Liquid chemical sterilants/high level disinfectants</t>
   </si>
   <si>
     <t>Orthopedic manual surgical instrument</t>
   </si>
   <si>
     <t>Obstetric-gynecologic general manual instrument</t>
   </si>
   <si>
     <t>Manual gastroenterology-urology surgical instrument and accessories (reusable)</t>
   </si>
   <si>
     <t>Surgical apparel (surgical mask, coverall, and surgical gown)</t>
   </si>
   <si>
     <t>Rigid laryngoscope</t>
   </si>
   <si>
     <t>Manual ophthalmic surgical instrument</t>
   </si>
   <si>
     <t>Cardiovascular surgical instruments</t>
   </si>
   <si>
+    <t>Microscopes and accessories</t>
+  </si>
+  <si>
+    <t>Solid State X-Ray Imager (Flat Panel/Digital Imager)</t>
+  </si>
+  <si>
+    <t>Oximeter</t>
+  </si>
+  <si>
+    <t>Cardiac monitor (including cardiotachometer and rate alarm)</t>
+  </si>
+  <si>
+    <t>Glucose test system (strip &amp; midstream)</t>
+  </si>
+  <si>
     <t>Cholesterol (total) test system (strip &amp; midstream)</t>
   </si>
   <si>
+    <t>Uric acid test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Multi parameter clinical chemistry test system</t>
+  </si>
+  <si>
     <t>Blood storage refrigerator and blood storage freezer</t>
   </si>
   <si>
     <t>Medical recirculating air cleaner</t>
   </si>
   <si>
     <t>Mechanical wheelchair</t>
   </si>
   <si>
     <t>Electrocardiograph</t>
   </si>
   <si>
     <t>Steam sterilizer</t>
   </si>
   <si>
     <t>Ultrasonic pulsed doppler imaging system</t>
   </si>
   <si>
     <t>Acoustic chamber for audiometric testing</t>
   </si>
   <si>
     <t>Patient scale</t>
   </si>
   <si>
     <t>Powered suction pump</t>
   </si>
   <si>
     <t>(DIHAPUS) Portable oxygen generator</t>
   </si>
   <si>
-    <t>Cardiac monitor (including cardiotachometer and rate alarm)</t>
-[...1 lines deleted...]
-  <si>
     <t>Dental operative unit and accessories</t>
   </si>
   <si>
     <t>Manual adjustable hospital bed</t>
   </si>
   <si>
     <t>Powered wheelchair</t>
   </si>
   <si>
     <t>Fetal ultrasonic monitor and accessories</t>
   </si>
   <si>
-    <t>Oximeter</t>
-[...1 lines deleted...]
-  <si>
     <t>Respiratory viral panel multiplex nucleic acid assay</t>
   </si>
   <si>
     <t>Blood specimen collection device</t>
   </si>
   <si>
     <t>Pediatric hospital bed</t>
   </si>
   <si>
     <t>Manual patient transfer device</t>
   </si>
   <si>
     <t>Automated hemoglobin system</t>
   </si>
   <si>
     <t>Glucose test system</t>
   </si>
   <si>
     <t>Patient lubricant</t>
   </si>
   <si>
     <t>Obstetric table and accessories</t>
   </si>
   <si>
     <t>Medical chair and table</t>
@@ -177,4824 +192,4833 @@
   <si>
     <t>Creatine test system (kit &amp; cair)</t>
   </si>
   <si>
     <t>Alanine amino transferase (ALT/SGPT) test system (kit &amp; cair)</t>
   </si>
   <si>
     <t>Glucose test system (kit &amp; cair)</t>
   </si>
   <si>
     <t>Aspartate amino transferase (AST/SGOT) test system (kit &amp; cair)</t>
   </si>
   <si>
     <t>Triglyceride test system (kit &amp; cair)</t>
   </si>
   <si>
     <t>Urea nitrogen test system (kit &amp; cair)</t>
   </si>
   <si>
     <t>Uric acid test system (kit &amp; cair)</t>
   </si>
   <si>
     <t>Creatinine test system (kit &amp; cair)</t>
   </si>
   <si>
-    <t>Glucose test system (strip &amp; midstream)</t>
-[...1 lines deleted...]
-  <si>
     <t>Antinuclear antibody immunological test system</t>
   </si>
   <si>
     <t>Multiple autoantibodies immunological test system</t>
   </si>
   <si>
     <t>Treponema pallidum nontreponemal test reagents</t>
   </si>
   <si>
+    <t>Lipoprotein test system (strip &amp; midstream)</t>
+  </si>
+  <si>
     <t>Lipid (total) test system (strip &amp; midstream)</t>
   </si>
   <si>
     <t>Triglyceride test system (strip &amp; midstream)</t>
   </si>
   <si>
     <t>Whole blood hemoglobin assays</t>
   </si>
   <si>
+    <t>Hepatitis B virus Serological tests</t>
+  </si>
+  <si>
     <t>Wheeled stretcher</t>
   </si>
   <si>
     <t>Alcohol Swab</t>
   </si>
   <si>
     <t>Alcohol swab</t>
   </si>
   <si>
     <t>Surgical drape and drape accessories</t>
   </si>
   <si>
     <t>Ophthalmic eye shield, Non steril</t>
   </si>
   <si>
     <t>Ophthalmic eye shield, steril</t>
   </si>
   <si>
+    <t>Piston syringe</t>
+  </si>
+  <si>
+    <t>Surgical apparel (hair net/cap, shoe cover, and google)</t>
+  </si>
+  <si>
+    <t>Medical disposable bedding</t>
+  </si>
+  <si>
+    <t>Patient examination glove</t>
+  </si>
+  <si>
+    <t>Intravascular catheter</t>
+  </si>
+  <si>
+    <t>Intravascular administration set</t>
+  </si>
+  <si>
+    <t>Hydrophilic wound dressing (burn dressing)</t>
+  </si>
+  <si>
+    <t>Nonabsorbable polyamide surgical suture</t>
+  </si>
+  <si>
+    <t>Hand Rub for medical use</t>
+  </si>
+  <si>
+    <t>Natural nonabsorbable silk surgical suture</t>
+  </si>
+  <si>
+    <t>Absorbable poly(glycolide/ l -lactide) surgical suture</t>
+  </si>
+  <si>
+    <t>Mobile x-ray system</t>
+  </si>
+  <si>
+    <t>Medical image management and processing system</t>
+  </si>
+  <si>
+    <t>Absorbable polydioxanone surgical suture</t>
+  </si>
+  <si>
+    <t>Surgeon's glove</t>
+  </si>
+  <si>
+    <t>Arrhythmia detector and alarm (including ST-segment measurement and alarm)</t>
+  </si>
+  <si>
+    <t>Vacuum-powered body fluid suction apparatus</t>
+  </si>
+  <si>
+    <t>Hydrophilic wound dressing</t>
+  </si>
+  <si>
+    <t>Intravascular catheter securement device</t>
+  </si>
+  <si>
+    <t>Skin preparation antiseptic for surgical purpose</t>
+  </si>
+  <si>
+    <t>Protective garment for incontinence</t>
+  </si>
+  <si>
+    <t>Absorbable surgical gut suture</t>
+  </si>
+  <si>
+    <t>Respiratory gas humidifier</t>
+  </si>
+  <si>
+    <t>Nonabsorbable polypropylene surgical suture</t>
+  </si>
+  <si>
+    <t>Dry-heat sterilizer</t>
+  </si>
+  <si>
+    <t>Fetal cardiac monitor</t>
+  </si>
+  <si>
+    <t>Hypodermic single lumen needle</t>
+  </si>
+  <si>
+    <t>Nebulizer</t>
+  </si>
+  <si>
+    <t>Surgical lamp</t>
+  </si>
+  <si>
+    <t>Diagnostic spirometer</t>
+  </si>
+  <si>
+    <t>Spot-film device</t>
+  </si>
+  <si>
+    <t>Neonatal incubator</t>
+  </si>
+  <si>
+    <t>Neonatal phototherapy unit</t>
+  </si>
+  <si>
+    <t>Medical ultraviolet water purifier</t>
+  </si>
+  <si>
+    <t>Stand-on patient scale</t>
+  </si>
+  <si>
+    <t>Infant radiant warmer</t>
+  </si>
+  <si>
+    <t>Powered emergency ventilator</t>
+  </si>
+  <si>
+    <t>Clinical electronic thermometer</t>
+  </si>
+  <si>
+    <t>Hydrogen Peroxide Sterilizer</t>
+  </si>
+  <si>
+    <t>Portable air compressor</t>
+  </si>
+  <si>
+    <t>Galvanic skin response measurement device</t>
+  </si>
+  <si>
+    <t>Obstetric ultrasonic transducer and accessories</t>
+  </si>
+  <si>
+    <t>Medical ultraviolet air purifier</t>
+  </si>
+  <si>
+    <t>Automated blood grouping and antibody test system</t>
+  </si>
+  <si>
+    <t>Pressure regulator</t>
+  </si>
+  <si>
+    <t>Nonpowered, single patient, portable suction apparatus</t>
+  </si>
+  <si>
+    <t>Obstetric-gynecologic specialized manual instrument</t>
+  </si>
+  <si>
+    <t>Specimen transport and storage container</t>
+  </si>
+  <si>
+    <t>Angiographic injector and syringe</t>
+  </si>
+  <si>
+    <t>Gastrointestinal tube and accessories</t>
+  </si>
+  <si>
+    <t>Automated differential cell counter</t>
+  </si>
+  <si>
+    <t>Colorimeter, photometer, or spectrophotometer for clinical use</t>
+  </si>
+  <si>
+    <t>Hemodialysis system and accessories</t>
+  </si>
+  <si>
+    <t>Hyperbaric chamber</t>
+  </si>
+  <si>
+    <t>Medical adhesive tape and adhesive bandage, non sterile</t>
+  </si>
+  <si>
+    <t>Elastic bandage</t>
+  </si>
+  <si>
+    <t>Programmable diagnostic computer</t>
+  </si>
+  <si>
+    <t>Sterilization wrap</t>
+  </si>
+  <si>
+    <t>Dental hand instrument</t>
+  </si>
+  <si>
+    <t>Plasmodium species antigen detection assays</t>
+  </si>
+  <si>
+    <t>Multi parameter clinical toxicology test system</t>
+  </si>
+  <si>
+    <t>Unscented menstrual pad</t>
+  </si>
+  <si>
+    <t>Scented or scented deodorized menstrual pad</t>
+  </si>
+  <si>
+    <t>Plasma Sterilizer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Medical washer-disinfector. </t>
+  </si>
+  <si>
+    <t>Ethylene oxide gas sterilizer</t>
+  </si>
+  <si>
+    <t>Warming cabinets</t>
+  </si>
+  <si>
+    <t>Ultrasonic cleaner for medical instruments</t>
+  </si>
+  <si>
+    <t>Operating tables and accessories with modification</t>
+  </si>
+  <si>
+    <t>Operating tables and accessories and operating chairs and accessories</t>
+  </si>
+  <si>
+    <t>Cold pack</t>
+  </si>
+  <si>
+    <t>Oxygen mask</t>
+  </si>
+  <si>
+    <t>Pressure infusor for an I.V. bag</t>
+  </si>
+  <si>
+    <t>Urine collector and accessories</t>
+  </si>
+  <si>
+    <t>Nasal oxygen cannula</t>
+  </si>
+  <si>
+    <t>Battery-powered medical examination light</t>
+  </si>
+  <si>
+    <t>Dental chair and accessories</t>
+  </si>
+  <si>
+    <t>Diagnostic electromyograph needle electrode</t>
+  </si>
+  <si>
+    <t>Needle electrode</t>
+  </si>
+  <si>
+    <t>Tracheal tube stylet</t>
+  </si>
+  <si>
+    <t>Occlusive wound dressing</t>
+  </si>
+  <si>
+    <t>Manual emergency ventilator</t>
+  </si>
+  <si>
+    <t>Anesthesia breathing circuit</t>
+  </si>
+  <si>
+    <t>General purpose reagent</t>
+  </si>
+  <si>
+    <t>Nonresorbable gauze/sponge for external use, non sterile</t>
+  </si>
+  <si>
+    <t>Color vision tester</t>
+  </si>
+  <si>
+    <t>Truncal orthosis</t>
+  </si>
+  <si>
+    <t>Visual acuity chart</t>
+  </si>
+  <si>
+    <t>Filtering facepiece respirator for use by the general public in public health medical emergencies</t>
+  </si>
+  <si>
+    <t>Medical adhesive tape and adhesive bandage, sterile</t>
+  </si>
+  <si>
+    <t>Urological catheter and accessories</t>
+  </si>
+  <si>
+    <t>Skin marker</t>
+  </si>
+  <si>
+    <t>Nonresorbable gauze/sponge for external use, sterile</t>
+  </si>
+  <si>
+    <t>Blood access device and accessories</t>
+  </si>
+  <si>
+    <t>Microbiological specimen collection and transport device</t>
+  </si>
+  <si>
+    <t>Blood pressure cuff</t>
+  </si>
+  <si>
+    <t>(Dihapus) Examination gown</t>
+  </si>
+  <si>
+    <t>Nonpowered sitz bath</t>
+  </si>
+  <si>
+    <t>Tracheal tube</t>
+  </si>
+  <si>
+    <t>Extravascular blood pressure transducer</t>
+  </si>
+  <si>
+    <t>Ostomy pouch and accessories</t>
+  </si>
+  <si>
+    <t>Body waste receptacle</t>
+  </si>
+  <si>
+    <t>Human chorionic gonadotropin (HCG) test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>(Dihapus) Nasopharyngeal airway</t>
+  </si>
+  <si>
+    <t>Dye and chemical solution stains</t>
+  </si>
+  <si>
+    <t>Absorbent tipped applicator</t>
+  </si>
+  <si>
+    <t>Tongue depressor (reusable)</t>
+  </si>
+  <si>
+    <t>Tongue depressor (disposable)</t>
+  </si>
+  <si>
+    <t>Enema kit</t>
+  </si>
+  <si>
+    <t>Nonpowered breast pump</t>
+  </si>
+  <si>
+    <t>Endometrial brush</t>
+  </si>
+  <si>
+    <t>Sterilization process indicator</t>
+  </si>
+  <si>
+    <t>Blood cell diluents</t>
+  </si>
+  <si>
+    <t>Anesthetic gas mask</t>
+  </si>
+  <si>
+    <t>Luteinizing hormone test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Anesthesia conduction needle</t>
+  </si>
+  <si>
+    <t>Medical absorbent fiber</t>
+  </si>
+  <si>
+    <t>Urine collector and accessories (connected to an indwelling catheter)</t>
+  </si>
+  <si>
+    <t>Saliva absorber</t>
+  </si>
+  <si>
+    <t>(DIHAPUS) Medical adhesive tape and adhesive bandage</t>
+  </si>
+  <si>
+    <t>Eye pad</t>
+  </si>
+  <si>
+    <t>Wound Irrigation Solution</t>
+  </si>
+  <si>
+    <t>Medicinal nonventilatory nebulizer (atomizer)</t>
+  </si>
+  <si>
+    <t>Impression material</t>
+  </si>
+  <si>
+    <t>Skin Refrigerant</t>
+  </si>
+  <si>
+    <t>Automated urinalysis system</t>
+  </si>
+  <si>
+    <t>Breathing circuit bacterial filter</t>
+  </si>
+  <si>
+    <t>Hernia support</t>
+  </si>
+  <si>
+    <t>Antimitochondrial antibody immunological test system</t>
+  </si>
+  <si>
+    <t>Amphetamine test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Ear, nose, and throat examination and treatment unit</t>
+  </si>
+  <si>
+    <t>Continuous ventilator</t>
+  </si>
+  <si>
+    <t>Nonpneumatic tourniquet</t>
+  </si>
+  <si>
+    <t>Umbilical occlusion device</t>
+  </si>
+  <si>
+    <t>Electrocardiograph electrode</t>
+  </si>
+  <si>
+    <t>Cocaine and cocaine metabolite test system (strip &amp; midstream)</t>
+  </si>
+  <si>
     <t>Transport culture medium</t>
   </si>
   <si>
-    <t>Piston syringe</t>
-[...233 lines deleted...]
-    <t>Urological catheter and accessories</t>
+    <t>Paper chart recorder</t>
+  </si>
+  <si>
+    <t>Tracheobronchial suction catheter</t>
+  </si>
+  <si>
+    <t>Echocardiograph</t>
+  </si>
+  <si>
+    <t>Oral irrigation unit</t>
+  </si>
+  <si>
+    <t>Methamphetamine test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Alcohol test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Dental injecting needle</t>
+  </si>
+  <si>
+    <t>Morphine test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Cannabinoid test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Oral rinse to reduce the adhesion of dental plaque</t>
+  </si>
+  <si>
+    <t>Incentive spirometer</t>
+  </si>
+  <si>
+    <t>Nonabsorbable gauze for internal use</t>
+  </si>
+  <si>
+    <t>Sharp container</t>
+  </si>
+  <si>
+    <t>Personnel protective shield</t>
+  </si>
+  <si>
+    <t>Arm sling</t>
+  </si>
+  <si>
+    <t>Pipetting and diluting system for clinical use</t>
+  </si>
+  <si>
+    <t>Laryngeal mask airway</t>
+  </si>
+  <si>
+    <t>Cavity varnish</t>
   </si>
   <si>
     <t>Electrosurgical cutting and coagulation device and accessories</t>
   </si>
   <si>
+    <t>Lipid (total) test system (card)</t>
+  </si>
+  <si>
+    <t>Hydrogel wound dressing and burn dressing</t>
+  </si>
+  <si>
     <t>Human chorionic gonadotropin (HCG) test system</t>
   </si>
   <si>
-    <t>Dye and chemical solution stains</t>
-[...226 lines deleted...]
-  <si>
     <t>Mattress cover for medical purposes</t>
   </si>
   <si>
     <t>Thermal regulating system</t>
   </si>
   <si>
     <t>Endoscope and accessories</t>
   </si>
   <si>
     <t>Breathing frequency monitor</t>
   </si>
   <si>
     <t>RNA Preanalytical Systems</t>
   </si>
   <si>
     <t>Oropharyngeal airway/guedel airway</t>
   </si>
   <si>
     <t>Nonrebreathing mask</t>
   </si>
   <si>
     <t>Empty container for the collection and processing of blood and blood components</t>
   </si>
   <si>
     <t>Automated cell counter</t>
   </si>
   <si>
     <t>Anesthetic cabinet, table, or tray</t>
   </si>
   <si>
     <t>Gas machine for anesthesia or analgesia</t>
   </si>
   <si>
+    <t>Instrumentation for clinical multiplex test systems</t>
+  </si>
+  <si>
     <t>Radiographic film illuminator</t>
   </si>
   <si>
     <t>Medical Bassinet</t>
   </si>
   <si>
     <t>Infusion stand</t>
   </si>
   <si>
     <t>Carbon monoxide gas analyzer</t>
   </si>
   <si>
     <t>Peak-flow meter for spirometry</t>
   </si>
   <si>
     <t>Microbial growth monitor</t>
   </si>
   <si>
     <t>Anaerobic chamber</t>
   </si>
   <si>
+    <t>Nuclear rectilinear scanner</t>
+  </si>
+  <si>
     <t>AC-powered patient lift</t>
   </si>
   <si>
+    <t>Ultraviolet activator for polymerization</t>
+  </si>
+  <si>
+    <t>Prosthetic and orthotic accessory</t>
+  </si>
+  <si>
+    <t>Noninvasive traction component</t>
+  </si>
+  <si>
+    <t>Red cell lysing reagent</t>
+  </si>
+  <si>
+    <t>Diagnostic Hruby fundus lens</t>
+  </si>
+  <si>
+    <t>Radiologic table</t>
+  </si>
+  <si>
+    <t>Wall-mounted radiographic cassette holder</t>
+  </si>
+  <si>
+    <t>Pediatric medical crib</t>
+  </si>
+  <si>
+    <t>Blood bank centrifuge for in vitro diagnostic use</t>
+  </si>
+  <si>
+    <t>Powered medical chair and table</t>
+  </si>
+  <si>
+    <t>Blood mixing devices and blood weighing devices</t>
+  </si>
+  <si>
+    <t>Neonatal transport incubator</t>
+  </si>
+  <si>
+    <t>Infrared lamp</t>
+  </si>
+  <si>
+    <t>Hot or cold disposable pack</t>
+  </si>
+  <si>
+    <t>Manual operating table and accessories and manual operating chair and accessories</t>
+  </si>
+  <si>
+    <t>Ultrasonic pulsed echo imaging system</t>
+  </si>
+  <si>
+    <t>Mycobacterium tuberculosis immunofluorescent reagents</t>
+  </si>
+  <si>
+    <t>Salmonella spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Dengue virus serological reagents</t>
+  </si>
+  <si>
+    <t>Treponema pallidum treponemal test reagents</t>
+  </si>
+  <si>
+    <t>Occult blood test</t>
+  </si>
+  <si>
+    <t>Cholesterol (total) test system</t>
+  </si>
+  <si>
+    <t>Dna Detection for Human Papillomavirus</t>
+  </si>
+  <si>
+    <t>Hepatitis A virus (HAV) serological assays</t>
+  </si>
+  <si>
+    <t>Blood specimen collection device (card)</t>
+  </si>
+  <si>
+    <t>Nonabsorbable poly(ethylene terephthalate) surgical suture</t>
+  </si>
+  <si>
+    <t>Absorbable hemostatic agent and dressing</t>
+  </si>
+  <si>
+    <t>Implantable staple</t>
+  </si>
+  <si>
+    <t>Removable skin staple</t>
+  </si>
+  <si>
+    <t>Surgical mesh</t>
+  </si>
+  <si>
+    <t>Albumin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Total protein test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Calibrator (cair)</t>
+  </si>
+  <si>
+    <t>Bilirubin (total or direct) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Alkaline phosphatase or isoenzymes test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Gamma-glutamyl transpeptidase and isoenzymes test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Lipoprotein test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>General purpose laboratory equipment labeled or promoted for a specific medical use</t>
+  </si>
+  <si>
+    <t>(Dihapus) Clinical chemistry analyzer</t>
+  </si>
+  <si>
+    <t>Lactate dehydrogenase test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Occult blood test.(chemical test)</t>
+  </si>
+  <si>
+    <t>Manual toothbrush</t>
+  </si>
+  <si>
+    <t>Microbiological incubator</t>
+  </si>
+  <si>
+    <t>General purpose laboratory equipment labeled or promoted for a specific medical use. (Electrically operated)</t>
+  </si>
+  <si>
+    <t>Hydraulic, pneumatic, or photoelectric plethysmographs</t>
+  </si>
+  <si>
+    <t>Enzyme cleaning solution</t>
+  </si>
+  <si>
+    <t>General purpose cleaning for medical device</t>
+  </si>
+  <si>
+    <t>Centrifugal chemistry analyzer for clinical use</t>
+  </si>
+  <si>
+    <t>Device for sealing microsections. (Non Electrically Operated)</t>
+  </si>
+  <si>
+    <t>Automated blood cell separator</t>
+  </si>
+  <si>
+    <t>Activated whole blood clotting time tests</t>
+  </si>
+  <si>
+    <t>Nonpowered orthopedic traction apparatus and accessories</t>
+  </si>
+  <si>
+    <t>Patient care reverse isolation chamber</t>
+  </si>
+  <si>
+    <t>Human immunodeficiency virus (HIV) serological diagnostic and/or supplemental test</t>
+  </si>
+  <si>
+    <t>Microorganism differentiation and identification device</t>
+  </si>
+  <si>
+    <t>Intraocular lens</t>
+  </si>
+  <si>
+    <t>Extraocular orbital implant</t>
+  </si>
+  <si>
+    <t>Aqueous shunt</t>
+  </si>
+  <si>
+    <t>Oxygen Generator System</t>
+  </si>
+  <si>
+    <t>Mechanical table</t>
+  </si>
+  <si>
+    <t>Hand-carried stretcher</t>
+  </si>
+  <si>
+    <t>Needle destruction device</t>
+  </si>
+  <si>
+    <t>Manual blood cell counting device</t>
+  </si>
+  <si>
+    <t>Fetal vacuum extractor</t>
+  </si>
+  <si>
+    <t>Powered muscle stimulator</t>
+  </si>
+  <si>
+    <t>(Dihapus) Picture archiving and communications system</t>
+  </si>
+  <si>
+    <t>Gas-scavenging apparatus</t>
+  </si>
+  <si>
+    <t>High flow humidified oxygen delivery device</t>
+  </si>
+  <si>
+    <t>Stationary x-ray system</t>
+  </si>
+  <si>
+    <t>(DIHAPUS) Oxygen Generator System</t>
+  </si>
+  <si>
+    <t>Automatic radiographic film processor</t>
+  </si>
+  <si>
+    <t>Hydraulic adjustable hospital bed</t>
+  </si>
+  <si>
+    <t>Alternating pressure air flotation mattress</t>
+  </si>
+  <si>
+    <t>Radiographic head holder</t>
+  </si>
+  <si>
+    <t>Cane</t>
+  </si>
+  <si>
+    <t>Crutch</t>
+  </si>
+  <si>
+    <t>Breathing gas mixer</t>
+  </si>
+  <si>
+    <t>Positive airway pressure delivery system</t>
+  </si>
+  <si>
+    <t>Benzodiazepine test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Leptospira spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Trocar</t>
+  </si>
+  <si>
+    <t>Nonpowered neurosurgical instrument</t>
+  </si>
+  <si>
+    <t>Nonelectrically powered fluid injector</t>
+  </si>
+  <si>
+    <t>Soft (hydrophilic) contact lens</t>
+  </si>
+  <si>
+    <t>Hepatitis C virus Serological tests</t>
+  </si>
+  <si>
+    <t>Bilirubin (total or direct) test system</t>
+  </si>
+  <si>
+    <t>Urinary bilirubin and its conjugates (nonquantitative) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Bilirubin (total or direct) test system (card)</t>
+  </si>
+  <si>
+    <t>Antiseptic Wound Dressing</t>
+  </si>
+  <si>
+    <t>External limb orthotic component</t>
+  </si>
+  <si>
+    <t>Tuning fork</t>
+  </si>
+  <si>
+    <t>Percussor</t>
+  </si>
+  <si>
+    <t>Dental floss</t>
+  </si>
+  <si>
     <t>Powered patient transfer device</t>
   </si>
   <si>
-    <t>Nuclear rectilinear scanner</t>
-[...122 lines deleted...]
-    <t>Occult blood test.(chemical test)</t>
+    <t>Medical washer</t>
+  </si>
+  <si>
+    <t>Mechanical walker</t>
+  </si>
+  <si>
+    <t>Liquid crystal vein locator</t>
+  </si>
+  <si>
+    <t>Occlusive Wound Dressing</t>
+  </si>
+  <si>
+    <t>Multi-function physical therapy table</t>
+  </si>
+  <si>
+    <t>Protective restraint</t>
+  </si>
+  <si>
+    <t>Condom</t>
+  </si>
+  <si>
+    <t>Toxoplasma gondii serological reagents</t>
+  </si>
+  <si>
+    <t>Condom lubricant</t>
+  </si>
+  <si>
+    <t>Urine flow or volume measuring system</t>
+  </si>
+  <si>
+    <t>Resorbable calcium salt bone void filler device</t>
+  </si>
+  <si>
+    <t>Amphetamine test system(card)</t>
+  </si>
+  <si>
+    <t>Morphine test system(card)</t>
+  </si>
+  <si>
+    <t>Methamphetamine test system(card)</t>
+  </si>
+  <si>
+    <t>Benzodiazepine test system(card)</t>
+  </si>
+  <si>
+    <t>Cannabinoid test system(card)</t>
+  </si>
+  <si>
+    <t>Cocaine and cocaine metabolite test system(card)</t>
+  </si>
+  <si>
+    <t>(Dihapus) Cast cover</t>
+  </si>
+  <si>
+    <t>Caries detection device</t>
+  </si>
+  <si>
+    <t>Cane, crutch, and walker tips and pads</t>
+  </si>
+  <si>
+    <t>Electroencephalograph</t>
+  </si>
+  <si>
+    <t>Nonmeasuring exercise equipment</t>
+  </si>
+  <si>
+    <t>Air-handling apparatus for a surgical operating room</t>
+  </si>
+  <si>
+    <t>Single/multiple component metallic bone fixation appliances and accessories</t>
+  </si>
+  <si>
+    <t>Smooth or threaded metallic bone fixation fastener</t>
+  </si>
+  <si>
+    <t>Prescription spectacle lens</t>
+  </si>
+  <si>
+    <t>Ophthalmic chair</t>
+  </si>
+  <si>
+    <t>Ophthalmoscope</t>
+  </si>
+  <si>
+    <t>Ophthalmic instrument stand</t>
+  </si>
+  <si>
+    <t>[Tidak Digunakan] Drug Wound Dressing</t>
+  </si>
+  <si>
+    <t>Tumor-associated antigen immunological test system</t>
+  </si>
+  <si>
+    <t>Ultraviolet (UV) radiation chamber disinfection device</t>
+  </si>
+  <si>
+    <t>(Dihapus) Wheelchair Anti-Tip Device</t>
+  </si>
+  <si>
+    <t>Reproductive media and supplements</t>
+  </si>
+  <si>
+    <t>Resin tooth bonding agent</t>
+  </si>
+  <si>
+    <t>Bracket adhesive resin and tooth conditioner</t>
+  </si>
+  <si>
+    <t>Tooth shade resin material</t>
+  </si>
+  <si>
+    <t>Dental cement</t>
+  </si>
+  <si>
+    <t>Airway pressure monitor</t>
+  </si>
+  <si>
+    <t>Surgical instrument motors and accessories/attachments</t>
+  </si>
+  <si>
+    <t>Laparoscopic insufflator</t>
+  </si>
+  <si>
+    <t>Pneumatic tourniquet</t>
+  </si>
+  <si>
+    <t>Operating headlamp</t>
+  </si>
+  <si>
+    <t>Gastroenterology-urology biopsy instrument</t>
+  </si>
+  <si>
+    <t>Flexible laryngoscope</t>
+  </si>
+  <si>
+    <t>Gynecologic laparoscope and accessories</t>
+  </si>
+  <si>
+    <t>Colposcope</t>
+  </si>
+  <si>
+    <t>Automated external defibrillator system</t>
+  </si>
+  <si>
+    <t>Hemoglobin A1c test system</t>
+  </si>
+  <si>
+    <t>C-reactive protein immunological test system</t>
+  </si>
+  <si>
+    <t>Uncompensated thorpe tube flowmeter</t>
+  </si>
+  <si>
+    <t>Medical gas yoke assembly</t>
+  </si>
+  <si>
+    <t>Alcohol swab with numbing agent</t>
+  </si>
+  <si>
+    <t>Antiseptic with Numbing Agent</t>
+  </si>
+  <si>
+    <t>Nasal irrigation solution</t>
+  </si>
+  <si>
+    <t>Ear, nose, and throat fiberoptic light source and carrier</t>
+  </si>
+  <si>
+    <t>External counter-pulsating device</t>
+  </si>
+  <si>
+    <t>Bronchoscope (flexible or rigid) and accessories</t>
+  </si>
+  <si>
+    <t>Alanine amino transferase (ALT/SGPT) test system (card)</t>
+  </si>
+  <si>
+    <t>Carboxymethylcellulose sodium and/or polyvinylmethylether maleic acid calcium-sodium double salt denture adhesive</t>
+  </si>
+  <si>
+    <t>Electrolyte analyzer</t>
+  </si>
+  <si>
+    <t>Human chorionic gonadotropin (HCG) test system (card)</t>
+  </si>
+  <si>
+    <t>Human chorionic gonadotropin (HCG) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Ferritin immunological test system</t>
+  </si>
+  <si>
+    <t>Powered patient rotation bed</t>
+  </si>
+  <si>
+    <t>Intramedullary fixation rod</t>
+  </si>
+  <si>
+    <t>Manual cast application and removal instrument</t>
+  </si>
+  <si>
+    <t>Pedicle screw spinal system</t>
+  </si>
+  <si>
+    <t>Hip joint femoral (hemi-hip) metal/polymer cemented or uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Knee joint femorotibial (uni-compartmental) metal/polymer porous-coated uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Hip joint metal/polymer constrained cemented or uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Hip joint metal/polymer/metal semi-constrained porous-coated uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Knee joint femorotibial metal/polymer non-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Bone plate</t>
+  </si>
+  <si>
+    <t>Gas pressure gauge</t>
+  </si>
+  <si>
+    <t>Albumin test system (card)</t>
+  </si>
+  <si>
+    <t>Thyroid stimulating hormone test system (card)</t>
+  </si>
+  <si>
+    <t>Glycosylated hemoglobin assay</t>
+  </si>
+  <si>
+    <t>Powered heating unit</t>
+  </si>
+  <si>
+    <t>Powered heating pad</t>
+  </si>
+  <si>
+    <t>Orthodontic plastic bracket</t>
+  </si>
+  <si>
+    <t>Tube introduction forceps</t>
+  </si>
+  <si>
+    <t>Fetal stethoscope</t>
+  </si>
+  <si>
+    <t>Medical insole</t>
+  </si>
+  <si>
+    <t>Syringe actuator for an injector</t>
+  </si>
+  <si>
+    <t>Drug metabolizing enzyme genotyping system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Dental bur</t>
+  </si>
+  <si>
+    <t>Dental diamond instrument</t>
+  </si>
+  <si>
+    <t>Special grade wheelchair</t>
+  </si>
+  <si>
+    <t>Copper sulfate solution for specific gravity determinations</t>
+  </si>
+  <si>
+    <t>Automated Coombs test systems</t>
+  </si>
+  <si>
+    <t>Potentiating media for in vitro diagnostic use</t>
+  </si>
+  <si>
+    <t>Medical image digitizer</t>
+  </si>
+  <si>
+    <t>Powered breast pump</t>
+  </si>
+  <si>
+    <t>Soft (hydrophilic) contact lens care products</t>
+  </si>
+  <si>
+    <t>Preformed tooth positioner</t>
+  </si>
+  <si>
+    <t>Gas calibration flowmeter</t>
+  </si>
+  <si>
+    <t>Microtiter diluting and dispensing device</t>
+  </si>
+  <si>
+    <t>Hip joint femoral (hemi-hip) metallic cemented or uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Central nervous system fluid shunt and components</t>
+  </si>
+  <si>
+    <t>Vaginal stent</t>
+  </si>
+  <si>
+    <t>Bone grafting material</t>
+  </si>
+  <si>
+    <t>(Dihapus) Surgical mesh</t>
+  </si>
+  <si>
+    <t>Negative pressure wound therapy device for reduction of wound complications</t>
+  </si>
+  <si>
+    <t>Nipple shield</t>
+  </si>
+  <si>
+    <t>Teething ring</t>
+  </si>
+  <si>
+    <t>Exercise component</t>
+  </si>
+  <si>
+    <t>Preformed impression tray</t>
+  </si>
+  <si>
+    <t>Microsurgical instrument</t>
+  </si>
+  <si>
+    <t>Thoracolumbosacral pedicle screw system</t>
+  </si>
+  <si>
+    <t>Limb orthosis</t>
+  </si>
+  <si>
+    <t>Compensated thorpe tube flowmeter</t>
+  </si>
+  <si>
+    <t>Tissue processing equipment</t>
+  </si>
+  <si>
+    <t>Silicone sheeting</t>
+  </si>
+  <si>
+    <t>Gastrointestinal microorganism multiplex nucleic acid-based assay</t>
+  </si>
+  <si>
+    <t>Multipurpose culture medium</t>
+  </si>
+  <si>
+    <t>Nucleic acid-based in vitro diagnostics devices for the detection of Mycobacterium tuberculosis complex in respiratory specimens (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Selective culture medium</t>
+  </si>
+  <si>
+    <t>Multiparameter serological reagents</t>
+  </si>
+  <si>
+    <t>Nucleic acid-based device for the amplification, detection, and identification of microbial pathogens directly from whole blood specimens</t>
+  </si>
+  <si>
+    <t>Dengue virus nucleic acid amplification test reagents</t>
+  </si>
+  <si>
+    <t>Perinatal monitoring system and accessories</t>
+  </si>
+  <si>
+    <t>Calibrator for hemoglobin or hematocrit measurement</t>
+  </si>
+  <si>
+    <t>Endosseous dental implant abutment</t>
   </si>
   <si>
     <t>Immunofluorometer equipment</t>
   </si>
   <si>
-    <t>Manual toothbrush</t>
-[...514 lines deleted...]
-  <si>
     <t>Albumin immunological test system</t>
   </si>
   <si>
+    <t>Thyroid stimulating hormone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Free thyroxine test system (kit &amp; cair)</t>
+  </si>
+  <si>
     <t>Water purification system for hemodialysis</t>
   </si>
   <si>
     <t>Nonabsorbable expandable hemostatic sponge for temporary internal use</t>
   </si>
   <si>
     <t>Somatic Gene Mutation Detection System</t>
   </si>
   <si>
     <t>Nucleic acid-based in vitro diagnostic devices for the detection of Mycobacterium tuberculosis complex (MTB-complex) and the genetic mutations associated with MTB-complex antibiotic resistance in respiratory specimens (kit &amp; cair)</t>
   </si>
   <si>
     <t>Thyroid autoantibody immunological test system</t>
   </si>
   <si>
+    <t>Creatine phosphokinase/creatine kinase or isoenzymes test system(kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Lactate dehydrogenase isoenzymes test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Iron-binding capacity test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Rubella virus serological reagents</t>
+  </si>
+  <si>
+    <t>Cytomegalovirus serological reagents</t>
+  </si>
+  <si>
+    <t>Total thyroxine test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Total triiodothyronine test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Immunoreactive insulin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>C-peptides of proinsulin test system (kit &amp; cair)</t>
+  </si>
+  <si>
     <t>Cholinesterase test system (kit &amp; cair)</t>
   </si>
   <si>
-    <t>Creatine phosphokinase/creatine kinase or isoenzymes test system(kit &amp; cair)</t>
-[...31 lines deleted...]
-  <si>
     <t>Alkaline phosphatase or isoenzymes test system (strip &amp; midstream)</t>
   </si>
   <si>
     <t>Total protein test system</t>
   </si>
   <si>
     <t>Ketones (nonquantitative) test system (strip &amp; midstream)</t>
   </si>
   <si>
-    <t>Tuning fork</t>
-[...1 lines deleted...]
-  <si>
     <t>Pyridinium Test System</t>
   </si>
   <si>
     <t>Automated sedimentation rate device</t>
   </si>
   <si>
     <t>Microsedimentation centrifuge</t>
   </si>
   <si>
+    <t>Nucleic acid-based hepatitis B virus tests</t>
+  </si>
+  <si>
     <t>Diagnostic electromyography</t>
   </si>
   <si>
+    <t>Ophthalmic trial lens frame</t>
+  </si>
+  <si>
     <t>Creatine phosphokinase/creatine kinase or isoenzymes test system (card)</t>
   </si>
   <si>
     <t>Blood group substances of nonhuman origin for in vitro diagnostic use</t>
   </si>
   <si>
     <t>Rheumatoid factor immunological test system</t>
   </si>
   <si>
     <t>Streptococcus spp. serological reagents</t>
   </si>
   <si>
+    <t>Blood specimen collection device (kit &amp; cair)</t>
+  </si>
+  <si>
     <t>Blood and plasma warming device</t>
   </si>
   <si>
     <t>DC-defibrillator (including paddles)</t>
   </si>
   <si>
-    <t>Automated external defibrillator</t>
+    <t>Denture relining, repairing, or rebasing resin</t>
+  </si>
+  <si>
+    <t>Influenza virus antigen detection test system</t>
   </si>
   <si>
     <t>Environmental chamber for storage of platelet concentrate</t>
   </si>
   <si>
-    <t>Compensated thorpe tube flowmeter</t>
-[...1 lines deleted...]
-  <si>
     <t>Urea nitrogen test system (strip &amp; midstream)</t>
   </si>
   <si>
     <t>Differential culture medium</t>
   </si>
   <si>
     <t>Enriched culture medium</t>
   </si>
   <si>
-    <t>Tissue processing equipment</t>
-[...1 lines deleted...]
-  <si>
     <t>Medical Waste Destroyer</t>
   </si>
   <si>
-    <t>Silicone sheeting</t>
-[...1 lines deleted...]
-  <si>
     <t>Power traction equipment</t>
   </si>
   <si>
     <t>Ventilator tubing</t>
   </si>
   <si>
     <t>Bilirubin (total or direct) test system (strip &amp; midstream)</t>
   </si>
   <si>
     <t>Percutaneous Transluminal Coronary Angioplasty (PTCA) Catheter</t>
   </si>
   <si>
     <t>Suction lipoplasty system</t>
   </si>
   <si>
     <t>Hemorrhoidal ligator</t>
   </si>
   <si>
     <t>Liquid bandage</t>
   </si>
   <si>
+    <t>Surgical skin degreaser or adhesive tape solvent</t>
+  </si>
+  <si>
     <t>Uric acid test system</t>
   </si>
   <si>
     <t>Glucose test system (card)</t>
   </si>
   <si>
     <t>Bed-patient monitor</t>
   </si>
   <si>
     <t>Skull punch</t>
   </si>
   <si>
     <t>Aneurysm clip</t>
   </si>
   <si>
     <t>Accessories for hemodialysis system</t>
   </si>
   <si>
     <t>Ophthalmic refractometer</t>
   </si>
   <si>
     <t>Pupillometer</t>
   </si>
   <si>
     <t>Ophthalmic lens gauge</t>
   </si>
   <si>
     <t>Lens measuring instrument</t>
   </si>
   <si>
     <t>Ophthalmic projector</t>
   </si>
   <si>
     <t>Ophthalmic trial lens set</t>
   </si>
   <si>
     <t>Heat-sealing device</t>
   </si>
   <si>
+    <t>Bourdon gauge flowmeter</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary emergency cart</t>
+  </si>
+  <si>
     <t>Neonatal eye pad</t>
   </si>
   <si>
+    <t>Venturi mask</t>
+  </si>
+  <si>
+    <t>Impedance plethysmograph</t>
+  </si>
+  <si>
+    <t>Daily activity assist device</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary resuscitation board</t>
+  </si>
+  <si>
+    <t>Bed board</t>
+  </si>
+  <si>
+    <t>Transfer aid</t>
+  </si>
+  <si>
     <t>Pediatric position holder</t>
   </si>
   <si>
-    <t>Bourdon gauge flowmeter</t>
-[...22 lines deleted...]
-  <si>
     <t>Intranasal splint</t>
   </si>
   <si>
     <t>Prosthetic heart valve sizer</t>
   </si>
   <si>
     <t>Epistaxis balloon</t>
   </si>
   <si>
     <t>Airway connector</t>
   </si>
   <si>
     <t>Gastroenterology-urology biopsy instrument (biopsy forceps cover and non-electric biopsy forceps)</t>
   </si>
   <si>
-    <t>Ophthalmic trial lens frame</t>
-[...1 lines deleted...]
-  <si>
     <t>Manual refractor</t>
   </si>
   <si>
     <t>Keratoscope</t>
   </si>
   <si>
     <t>Surgical microscope and accessories</t>
   </si>
   <si>
     <t>Perimeter</t>
   </si>
   <si>
     <t>Nasal irrigator</t>
   </si>
   <si>
     <t>Medical support stocking for general medical purposes</t>
   </si>
   <si>
     <t>Therapeutic medical binder</t>
   </si>
   <si>
     <t>(Dihapus)Hearing Aid</t>
   </si>
   <si>
     <t>Wireless air-conduction hearing aid</t>
   </si>
   <si>
     <t>Air-conduction hearing aid</t>
   </si>
   <si>
     <t>Rubber dam and accessories</t>
   </si>
   <si>
     <t>Calcium hydroxide cavity liner</t>
   </si>
   <si>
     <t>Low-power binocular loupe</t>
   </si>
   <si>
+    <t>Resin impression tray material</t>
+  </si>
+  <si>
     <t>Endosseous dental implant accessories</t>
   </si>
   <si>
-    <t>Resin impression tray material</t>
-[...1 lines deleted...]
-  <si>
     <t>Facebow</t>
   </si>
   <si>
     <t>Endodontic paper point</t>
   </si>
   <si>
     <t>Gutta percha</t>
   </si>
   <si>
     <t>Orthodontic appliance and accessories</t>
   </si>
   <si>
     <t>Oral cavity abrasive polishing agent</t>
   </si>
   <si>
     <t>Root canal post</t>
   </si>
   <si>
     <t>Root canal cleansing solution</t>
   </si>
   <si>
-    <t>Denture relining, repairing, or rebasing resin</t>
+    <t>Resin applicator</t>
+  </si>
+  <si>
+    <t>Optical Impression Systems for CAD/CAM</t>
+  </si>
+  <si>
+    <t>Abrasive device and accessories</t>
   </si>
   <si>
     <t>OTC denture cleanser</t>
   </si>
   <si>
-    <t>Resin applicator</t>
-[...7 lines deleted...]
-  <si>
     <t>Articulation paper</t>
   </si>
   <si>
     <t>External limb prosthetic component</t>
   </si>
   <si>
     <t>Upper extremity prosthesis</t>
   </si>
   <si>
     <t>External assembled lower limb prosthesis</t>
   </si>
   <si>
     <t>Medical support stocking to prevent the pooling of blood in the legs</t>
   </si>
   <si>
     <t>Cast component</t>
   </si>
   <si>
+    <t>Gas mask head strap</t>
+  </si>
+  <si>
+    <t>Noncontinuous ventilator (IPPB)</t>
+  </si>
+  <si>
+    <t>Otoscope</t>
+  </si>
+  <si>
+    <t>Nasopharyngeal airway</t>
+  </si>
+  <si>
+    <t>Intraoral dental wax</t>
+  </si>
+  <si>
+    <t>Replacement Batteries Hand-Held Ophthalmoscopes</t>
+  </si>
+  <si>
+    <t>Powered exercise equipment</t>
+  </si>
+  <si>
+    <t>Measuring exercise equipment</t>
+  </si>
+  <si>
+    <t>Endoscopic electrosurgical unit and accessories</t>
+  </si>
+  <si>
+    <t>Rebreathing device</t>
+  </si>
+  <si>
+    <t>Transilluminator</t>
+  </si>
+  <si>
+    <t>Intraocular lens guide</t>
+  </si>
+  <si>
+    <t>Diagnostic condensing lens</t>
+  </si>
+  <si>
+    <t>Wheelchair platform scale</t>
+  </si>
+  <si>
+    <t>Cast removal instrument</t>
+  </si>
+  <si>
+    <t>Traction accessory</t>
+  </si>
+  <si>
+    <t>Transcutaneous electrical nerve stimulator for pain relief</t>
+  </si>
+  <si>
+    <t>Therapeutic massager</t>
+  </si>
+  <si>
+    <t>Haploscope</t>
+  </si>
+  <si>
+    <t>Ophthalmic instrument table</t>
+  </si>
+  <si>
+    <t>Ophthalmic operating spectacles (loupes)</t>
+  </si>
+  <si>
+    <t>Stethoscope head</t>
+  </si>
+  <si>
+    <t>Noninflatable extremity splint</t>
+  </si>
+  <si>
+    <t>Ultrasonic scaler</t>
+  </si>
+  <si>
+    <t>Cartridge syringe</t>
+  </si>
+  <si>
+    <t>Disposable flouride tray</t>
+  </si>
+  <si>
+    <t>Extraoral source x-ray system</t>
+  </si>
+  <si>
+    <t>(Dihapus) Dental cement mixer</t>
+  </si>
+  <si>
+    <t>Root canal filling resin</t>
+  </si>
+  <si>
+    <t>Preformed plastic denture tooth</t>
+  </si>
+  <si>
+    <t>Schirmer strip</t>
+  </si>
+  <si>
+    <t>Breathing mouthpiece</t>
+  </si>
+  <si>
+    <t>Biliary catheter and accessories</t>
+  </si>
+  <si>
+    <t>Surgical camera and accessories</t>
+  </si>
+  <si>
+    <t>Washers for body waste receptacles</t>
+  </si>
+  <si>
+    <t>Breathing tube support</t>
+  </si>
+  <si>
+    <t>Patient position support</t>
+  </si>
+  <si>
+    <t>Powered toothbrush</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass accessory equipment</t>
+  </si>
+  <si>
+    <t>Dental handpiece and accessories</t>
+  </si>
+  <si>
+    <t>External aesthetic restoration prosthesis</t>
+  </si>
+  <si>
+    <t>Bone cutting instrument and accessories</t>
+  </si>
+  <si>
+    <t>Cement dispenser</t>
+  </si>
+  <si>
+    <t>Endosseous dental implant</t>
+  </si>
+  <si>
+    <t>Electro acupuncture</t>
+  </si>
+  <si>
+    <t>Powered nasal irrigator</t>
+  </si>
+  <si>
+    <t>Powered finger exerciser</t>
+  </si>
+  <si>
+    <t>Radiographic film</t>
+  </si>
+  <si>
     <t>Tracheal tube fixation device</t>
   </si>
   <si>
-    <t>Gas mask head strap</t>
-[...44 lines deleted...]
-    <t>Traction accessory</t>
+    <t>Heat and moisture condenser (artificial nose)</t>
+  </si>
+  <si>
+    <t>Inflatable extremity splint</t>
+  </si>
+  <si>
+    <t>Fixation device</t>
+  </si>
+  <si>
+    <t>Arthroscopic instruments</t>
+  </si>
+  <si>
+    <t>Patient and equipment support for radiotherapy</t>
+  </si>
+  <si>
+    <t>Haidinger brush</t>
+  </si>
+  <si>
+    <t>Exophthalmometer</t>
+  </si>
+  <si>
+    <t>Force-measuring platform</t>
+  </si>
+  <si>
+    <t>Radiographic grid</t>
+  </si>
+  <si>
+    <t>Articulator</t>
+  </si>
+  <si>
+    <t>Non-Powered suction apparatus device intended for negative pressure wound therapy</t>
+  </si>
+  <si>
+    <t>Manual ophthalmic surgical instrument (disposable)</t>
+  </si>
+  <si>
+    <t>Presssure-applying device</t>
+  </si>
+  <si>
+    <t>Medical image communications device</t>
+  </si>
+  <si>
+    <t>Immersion hydrobath</t>
+  </si>
+  <si>
+    <t>Electric positioning chair</t>
+  </si>
+  <si>
+    <t>Ultrasound and muscle stimulator for use in applying therapeutic deep heat for selected medical conditions</t>
+  </si>
+  <si>
+    <t>Robotic ultrasound imaging system</t>
+  </si>
+  <si>
+    <t>Corneal radius measuring device</t>
+  </si>
+  <si>
+    <t>Dental cement (dihapus)</t>
+  </si>
+  <si>
+    <t>Intraoral source x-ray system</t>
+  </si>
+  <si>
+    <t>Nasal aspirator</t>
+  </si>
+  <si>
+    <t>Nasal dilator</t>
+  </si>
+  <si>
+    <t>Breath-alcohol test system</t>
+  </si>
+  <si>
+    <t>Keratome</t>
+  </si>
+  <si>
+    <t>Tracheal tube cleaning brush</t>
+  </si>
+  <si>
+    <t>Hot/cold water bottle</t>
+  </si>
+  <si>
+    <t>Fiber optic dental light</t>
+  </si>
+  <si>
+    <t>Fluorometer for clinical use</t>
+  </si>
+  <si>
+    <t>Electroencephalograph electrode/lead tester</t>
+  </si>
+  <si>
+    <t>Cutaneous electrode</t>
+  </si>
+  <si>
+    <t>Light beam patient position indicator</t>
+  </si>
+  <si>
+    <t>Flotation cushion</t>
+  </si>
+  <si>
+    <t>Cryosurgical unit and accessories</t>
+  </si>
+  <si>
+    <t>Powered percussor</t>
+  </si>
+  <si>
+    <t>Carbon dioxide absorbent</t>
+  </si>
+  <si>
+    <t>Urological clamp for males</t>
+  </si>
+  <si>
+    <t>Stomach pH electrode</t>
+  </si>
+  <si>
+    <t>Immunohistochemistry reagents and kits (Qualitative)</t>
+  </si>
+  <si>
+    <t>Medical charged-particle radiation therapy system</t>
+  </si>
+  <si>
+    <t>Ultrasonic surgical instrument</t>
+  </si>
+  <si>
+    <t>Pantograph</t>
+  </si>
+  <si>
+    <t>Carbon dioxide absorber</t>
+  </si>
+  <si>
+    <t>Image-intensified fluoroscopic x-ray system</t>
+  </si>
+  <si>
+    <t>Non-AC-powered patient lift</t>
+  </si>
+  <si>
+    <t>Cell and tissue culture supplies and equipment</t>
+  </si>
+  <si>
+    <t>Ice bag</t>
+  </si>
+  <si>
+    <t>Radiographic Aperture</t>
+  </si>
+  <si>
+    <t>AC-powered slitlamp biomicroscope</t>
+  </si>
+  <si>
+    <t>Manual acupressure device</t>
+  </si>
+  <si>
+    <t>Compressible limb sleeve</t>
+  </si>
+  <si>
+    <t>Skin pressure protectors</t>
+  </si>
+  <si>
+    <t>Ear, nose, and throat drug administration device</t>
+  </si>
+  <si>
+    <t>Robotically-Assisted Surgical (RAS)</t>
+  </si>
+  <si>
+    <t>Intraocular gas</t>
+  </si>
+  <si>
+    <t>Anomaloscope</t>
+  </si>
+  <si>
+    <t>Stereotaxic instrument</t>
+  </si>
+  <si>
+    <t>Powered inflatable tube massager</t>
+  </si>
+  <si>
+    <t>Medical device data system</t>
+  </si>
+  <si>
+    <t>Surgical stapler</t>
+  </si>
+  <si>
+    <t>Training software for visual function therapy</t>
+  </si>
+  <si>
+    <t>Intervertebral body fusion device</t>
+  </si>
+  <si>
+    <t>Cervical Disc Prosthesis</t>
+  </si>
+  <si>
+    <t>Ophthalmic surgical marker</t>
   </si>
   <si>
     <t>Tee drain (water trap)</t>
   </si>
   <si>
-    <t>Transcutaneous electrical nerve stimulator for pain relief</t>
-[...224 lines deleted...]
-    <t>Non-AC-powered patient lift</t>
+    <t xml:space="preserve">Therapeutic vibrator. </t>
+  </si>
+  <si>
+    <t>Dermal filler</t>
+  </si>
+  <si>
+    <t>Clinical decision support software</t>
+  </si>
+  <si>
+    <t>Vascular clamp</t>
+  </si>
+  <si>
+    <t>Manual rongeur</t>
+  </si>
+  <si>
+    <t>Neurological endoscope</t>
+  </si>
+  <si>
+    <t>Medical Image Analyzer</t>
+  </si>
+  <si>
+    <t>Hearing aid calibrator and analysis system</t>
+  </si>
+  <si>
+    <t>Arthroscope</t>
+  </si>
+  <si>
+    <t>Nonimplanted electrical continence device</t>
+  </si>
+  <si>
+    <t>Syringe needle introducer</t>
+  </si>
+  <si>
+    <t>Blood bank supplies</t>
+  </si>
+  <si>
+    <t>Sonic surgical instrument and accessories/attachments</t>
+  </si>
+  <si>
+    <t>Bone fixation cerclage</t>
+  </si>
+  <si>
+    <t>Toe joint phalangeal (hemi-toe) polymer prosthesis</t>
+  </si>
+  <si>
+    <t>Finger joint metal/polymer constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>External nasal splint</t>
+  </si>
+  <si>
+    <t>Liquid medication dispenser</t>
+  </si>
+  <si>
+    <t>Ataxiagraph</t>
+  </si>
+  <si>
+    <t>Laser surgical instrument for use in general and plastic surgery and in dermatology</t>
+  </si>
+  <si>
+    <t>Heat source for bleaching teeth</t>
+  </si>
+  <si>
+    <t>Polyvinylmethylether maleic anhydride (PVM-MA), acid copolymer, and carboxymethylcellulose sodium (NACMC) denture adhesive</t>
+  </si>
+  <si>
+    <t>Opthalmic camera</t>
+  </si>
+  <si>
+    <t>Therapeutic vaginal douche apparatus</t>
+  </si>
+  <si>
+    <t>Embolectomy catheter</t>
+  </si>
+  <si>
+    <t>Breathing system heater</t>
+  </si>
+  <si>
+    <t>Gas flow transducer</t>
+  </si>
+  <si>
+    <t>Water filled teething ring</t>
+  </si>
+  <si>
+    <t>Focused ultrasound stimulator system for aesthetic use</t>
+  </si>
+  <si>
+    <t>Powered simple cranial drills, burrs, trephines, and their accessories</t>
+  </si>
+  <si>
+    <t>External vein stripper</t>
+  </si>
+  <si>
+    <t>Ophthalmic knife test drum</t>
+  </si>
+  <si>
+    <t>Gastroenterology-urology evacuator (manual)</t>
+  </si>
+  <si>
+    <t>Burr hole cover</t>
+  </si>
+  <si>
+    <t>Radiological computer aided triage and notification software</t>
+  </si>
+  <si>
+    <t>Knee joint patellofemorotibial metal/polymer porous-coated uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Electrosurgical device for over-the-counter aesthetic use</t>
+  </si>
+  <si>
+    <t>Silicone gel-filled breast prosthesis</t>
+  </si>
+  <si>
+    <t>Electrocardiograph software for over-the-counter use</t>
+  </si>
+  <si>
+    <t>Retentive and splinting pin</t>
+  </si>
+  <si>
+    <t>Jet lavage</t>
+  </si>
+  <si>
+    <t>Low energy ultrasound wound cleaner</t>
+  </si>
+  <si>
+    <t>Nose prosthesis</t>
+  </si>
+  <si>
+    <t>Gonioscopic prism</t>
+  </si>
+  <si>
+    <t>Ureteral stent</t>
+  </si>
+  <si>
+    <t>Extraoral orthodontic headgear</t>
+  </si>
+  <si>
+    <t>Surgical vessel dilator</t>
+  </si>
+  <si>
+    <t>Medical disposable scissors</t>
+  </si>
+  <si>
+    <t>Ultrasonic diathermy</t>
+  </si>
+  <si>
+    <t>Electric cranial drill motor</t>
+  </si>
+  <si>
+    <t>Anesthesia conduction catheter</t>
+  </si>
+  <si>
+    <t>Electrical peripheral nerve stimulator</t>
+  </si>
+  <si>
+    <t>Venous blood pressure manometer</t>
+  </si>
+  <si>
+    <t>I.V. container</t>
+  </si>
+  <si>
+    <t>Hysteroscope and accessories</t>
+  </si>
+  <si>
+    <t>Self-retaining retractor for neurosurgery</t>
+  </si>
+  <si>
+    <t>Bone wax</t>
+  </si>
+  <si>
+    <t>Catheter introducer</t>
+  </si>
+  <si>
+    <t>Transfer set</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass arterial line blood filter</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass adaptor, stopcock, manifold, or fitting</t>
+  </si>
+  <si>
+    <t>Blood pressure computer</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass temperature controller</t>
+  </si>
+  <si>
+    <t>Ultraviolet lamp for dermatologic disorders</t>
+  </si>
+  <si>
+    <t>Vacuum abortion system</t>
+  </si>
+  <si>
+    <t>Bilirubin (total and unbound) in the neonate test system</t>
+  </si>
+  <si>
+    <t>Nonpowered oxygen tent</t>
+  </si>
+  <si>
+    <t>Tracheostomy tube and tube cuff</t>
+  </si>
+  <si>
+    <t>Nasopharyngoscope (flexible or rigid) and accessories</t>
+  </si>
+  <si>
+    <t>Inflatable tracheal tube cuff</t>
+  </si>
+  <si>
+    <t>Manual cranial drills, burrs, trephines, and their accessories</t>
+  </si>
+  <si>
+    <t>Ear, nose, and throat electric or pneumatic surgical drill</t>
+  </si>
+  <si>
+    <t>Intraluminal artery stripper</t>
+  </si>
+  <si>
+    <t>Pneumatic cranial drill motor</t>
+  </si>
+  <si>
+    <t>Autotransfusion apparatus</t>
+  </si>
+  <si>
+    <t>Cardiovascular surgical instruments (disposable)</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass blood reservoir</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary prebypass filter</t>
+  </si>
+  <si>
+    <t>Ventricular cannula</t>
+  </si>
+  <si>
+    <t>Bronchial tube</t>
+  </si>
+  <si>
+    <t>Obstetrics and Gynecology Camera</t>
+  </si>
+  <si>
+    <t>Implanted spinal cord stimulator for pain relief</t>
+  </si>
+  <si>
+    <t>Cardiovascular temporary pacemaker electrode</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass pump tubing</t>
+  </si>
+  <si>
+    <t>Cardiac ablation percutaneous catheter</t>
+  </si>
+  <si>
+    <t>Removable skin clip</t>
+  </si>
+  <si>
+    <t>Powered compound cranial drills, burrs, trephines, and their accessories</t>
+  </si>
+  <si>
+    <t>Surgical nerve stimulator/locator</t>
+  </si>
+  <si>
+    <t>Evoked response electrical stimulator</t>
+  </si>
+  <si>
+    <t>Pulmonary-function data calculator</t>
+  </si>
+  <si>
+    <t>Steerable catheter</t>
+  </si>
+  <si>
+    <t>Esophageal dilator</t>
+  </si>
+  <si>
+    <t>Ureteral dilator</t>
+  </si>
+  <si>
+    <t>Introduction/drainage catheter and accessories</t>
+  </si>
+  <si>
+    <t>Ureteral stone dislodger</t>
+  </si>
+  <si>
+    <t>Mechanical lithotriptor</t>
+  </si>
+  <si>
+    <t>Manual gastroenterology-urology surgical instrument and accessories (disposable)</t>
+  </si>
+  <si>
+    <t>Tonometer sterilizer</t>
+  </si>
+  <si>
+    <t>Tonometer and accessories</t>
+  </si>
+  <si>
+    <t>Eustachian tube balloon dilation system</t>
+  </si>
+  <si>
+    <t>Audiometer</t>
+  </si>
+  <si>
+    <t>Temporary crown and bridge resin</t>
+  </si>
+  <si>
+    <t>Coating material for resin fillings</t>
+  </si>
+  <si>
+    <t>Contact cooling system for aesthetic use</t>
+  </si>
+  <si>
+    <t>Iontophoresis device</t>
+  </si>
+  <si>
+    <t>Low Level Laser Systems for Aesthetic Use</t>
+  </si>
+  <si>
+    <t>Microneedling Device for Aesthetic Use</t>
+  </si>
+  <si>
+    <t>Mechanical chair</t>
+  </si>
+  <si>
+    <t>Root apex locator</t>
+  </si>
+  <si>
+    <t>Preformed crown</t>
+  </si>
+  <si>
+    <t>OTC denture repair kit</t>
+  </si>
+  <si>
+    <t>Arterial blood sampling kit</t>
+  </si>
+  <si>
+    <t>Shortwave diathermy</t>
+  </si>
+  <si>
+    <t>Powered lower extremity exoskeleton</t>
+  </si>
+  <si>
+    <t>Quality control material (assayed and unassayed) (cair)</t>
+  </si>
+  <si>
+    <t>Apex cardiographic transducer</t>
+  </si>
+  <si>
+    <t>Free thyroxine test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Influenza virus serological reagents</t>
+  </si>
+  <si>
+    <t>Monitoring spirometer</t>
+  </si>
+  <si>
+    <t>Diagnostic pulmonary-function interpretation calculator</t>
+  </si>
+  <si>
+    <t>Medical image hardcopy device</t>
+  </si>
+  <si>
+    <t>Diagnostic ultrasonic transducer</t>
+  </si>
+  <si>
+    <t>Reservoir bag</t>
+  </si>
+  <si>
+    <t>Colonic irrigation system</t>
+  </si>
+  <si>
+    <t>Retraction cord</t>
+  </si>
+  <si>
+    <t>Cardiovascular blood flowmeter</t>
+  </si>
+  <si>
+    <t>Auditory impedance tester</t>
+  </si>
+  <si>
+    <t>Electronic stethoscope</t>
+  </si>
+  <si>
+    <t>Assisted reproduction catheters</t>
+  </si>
+  <si>
+    <t>Intraoral ligature and wire lock</t>
+  </si>
+  <si>
+    <t>Echoencephalograph</t>
+  </si>
+  <si>
+    <t>Neurosurgical head holder (skull clamp)</t>
+  </si>
+  <si>
+    <t>Aneurysm clip applier</t>
+  </si>
+  <si>
+    <t>Nerve conduction velocity measurement device</t>
+  </si>
+  <si>
+    <t>Urodynamics measurement system</t>
+  </si>
+  <si>
+    <t>Retinoscope</t>
+  </si>
+  <si>
+    <t>Optical Coherence Tomography</t>
+  </si>
+  <si>
+    <t>Patient care suction apparatus</t>
+  </si>
+  <si>
+    <t>Suprapubic urological catheter and accessories</t>
+  </si>
+  <si>
+    <t>Transducer signal amplifier and conditioner</t>
+  </si>
+  <si>
+    <t>Vaginal pessary</t>
+  </si>
+  <si>
+    <t>Microwave diathermy</t>
+  </si>
+  <si>
+    <t>(DIHAPUS) Tracheobroncial Suction Catheter</t>
+  </si>
+  <si>
+    <t>Device to relieve acute upper airway obstruction</t>
+  </si>
+  <si>
+    <t>Volume plethysmograph</t>
+  </si>
+  <si>
+    <t>Repetitive transcranial magnetic stimulation system</t>
+  </si>
+  <si>
+    <t>Biofeedback device</t>
+  </si>
+  <si>
+    <t>Cranial electrotheraphy stimulator</t>
+  </si>
+  <si>
+    <t>Polymethylmethacrylate (PMMA) diagnostic contact lens</t>
+  </si>
+  <si>
+    <t>Diagnostic muscle stimulator</t>
+  </si>
+  <si>
+    <t>Breath nitric oxide test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>External transcutaneous cardiac pacemaker (noninvasive)</t>
+  </si>
+  <si>
+    <t>External pacemaker pulse generator</t>
+  </si>
+  <si>
+    <t>Gynecologic electrocautery and accessories</t>
+  </si>
+  <si>
+    <t>Pit and fissure sealant and conditioner</t>
+  </si>
+  <si>
+    <t>Dental electrosurgical unit and accessories</t>
+  </si>
+  <si>
+    <t>Powered wheeled stretcher</t>
+  </si>
+  <si>
+    <t>Evoked response auditory stimulator</t>
+  </si>
+  <si>
+    <t>Topical oxygen chamber for extremities</t>
+  </si>
+  <si>
+    <t>Nonrebreathing valve</t>
+  </si>
+  <si>
+    <t>Patient transducer and electrode cable (including connector)</t>
+  </si>
+  <si>
+    <t>Percutaneous, implanted, long-term intravascular catheter</t>
+  </si>
+  <si>
+    <t>Pressure tubing and accessories</t>
+  </si>
+  <si>
+    <t>Nasal oxygen catheter</t>
+  </si>
+  <si>
+    <t>Medical magnetic tape recorder</t>
+  </si>
+  <si>
+    <t>Positive end expiratory pressure breathing attachment</t>
+  </si>
+  <si>
+    <t>Porcelain powder for clinical use</t>
+  </si>
+  <si>
+    <t>Intraoral dental drill</t>
+  </si>
+  <si>
+    <t>Porcelain tooth</t>
+  </si>
+  <si>
+    <t>Pressure-applying electric device</t>
+  </si>
+  <si>
+    <t>Menstrual cup</t>
+  </si>
+  <si>
+    <t>Urethrotome</t>
+  </si>
+  <si>
+    <t>Assisted reproduction micromanipulators and microinjectors</t>
+  </si>
+  <si>
+    <t>Assisted reproduction micropipette fabrication instruments</t>
+  </si>
+  <si>
+    <t>Assisted reproduction needles</t>
+  </si>
+  <si>
+    <t>Isolated kidney perfusion and transport system and accessories</t>
+  </si>
+  <si>
+    <t>Assisted reproduction labware</t>
+  </si>
+  <si>
+    <t>Powered flotation therapy bed</t>
+  </si>
+  <si>
+    <t>Whole slide imaging system</t>
+  </si>
+  <si>
+    <t>Hydrophilic resin coating for dentures</t>
+  </si>
+  <si>
+    <t>Artificial saliva</t>
+  </si>
+  <si>
+    <t>Powered patient transport</t>
+  </si>
+  <si>
+    <t>Carbon dioxide gas analyzer</t>
+  </si>
+  <si>
+    <t>Single-function, preprogrammed diagnostic computer</t>
+  </si>
+  <si>
+    <t>Vessel dilator for percutaneous catheterization</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass pump speed control</t>
+  </si>
+  <si>
+    <t>Manual radionuclide applicator system</t>
+  </si>
+  <si>
+    <t>Processing system for frozen blood</t>
+  </si>
+  <si>
+    <t>Culdoscope and accessories</t>
+  </si>
+  <si>
+    <t>Powered table</t>
+  </si>
+  <si>
+    <t>Radiofrequency physiological signal transmitter and receiver</t>
+  </si>
+  <si>
+    <t>Noninvasive General Examination Measurement System</t>
+  </si>
+  <si>
+    <t>Esophageal prosthesis</t>
+  </si>
+  <si>
+    <t>Assisted reproduction accessories</t>
+  </si>
+  <si>
+    <t>Ophthalmic sponge</t>
+  </si>
+  <si>
+    <t>Air-fluidized bed</t>
+  </si>
+  <si>
+    <t>Urethral dilator</t>
+  </si>
+  <si>
+    <t>Vestibular analysis apparatus</t>
+  </si>
+  <si>
+    <t>Physiological signal amplifier</t>
+  </si>
+  <si>
+    <t>Uterotubal carbon dioxide insufflator and accessories</t>
+  </si>
+  <si>
+    <t>Paraffin bath</t>
+  </si>
+  <si>
+    <t>Radiographic ECG/respirator synchronizer</t>
+  </si>
+  <si>
+    <t>Impedance phlebograph</t>
+  </si>
+  <si>
+    <t>Irrigating syringe</t>
+  </si>
+  <si>
+    <t>Battery-powered artificial larynx</t>
+  </si>
+  <si>
+    <t>Vacuum-assisted blood collection system</t>
+  </si>
+  <si>
+    <t>Bite block</t>
+  </si>
+  <si>
+    <t>Acupuncture needle</t>
+  </si>
+  <si>
+    <t>Blood pressure alarm</t>
+  </si>
+  <si>
+    <t>Multipurpose system for in vitro coagulation studies (reagen)</t>
+  </si>
+  <si>
+    <t>Radiographic film cassette</t>
+  </si>
+  <si>
+    <t>Blood or fluid warming system</t>
+  </si>
+  <si>
+    <t>Obstetrical Vacuum Delivery Kit</t>
+  </si>
+  <si>
+    <t>Medical cathode-ray tube display</t>
+  </si>
+  <si>
+    <t>Breathing circuit circulator</t>
+  </si>
+  <si>
+    <t>Organ bag</t>
+  </si>
+  <si>
+    <t>Ultrasound and muscle stimulator for all other uses</t>
+  </si>
+  <si>
+    <t>Percutaneous catheter</t>
+  </si>
+  <si>
+    <t>Neurovascular mechanical thrombectomy device for acute ischemic stroke treatment</t>
+  </si>
+  <si>
+    <t>Ostomy irrigator</t>
+  </si>
+  <si>
+    <t>Catheter stylet</t>
+  </si>
+  <si>
+    <t>Electrode cable</t>
+  </si>
+  <si>
+    <t>Computerized Labor Monitoring System</t>
+  </si>
+  <si>
+    <t>Apnea monitor</t>
+  </si>
+  <si>
+    <t>Intravascular ultrasound system</t>
+  </si>
+  <si>
+    <t>Urological table and accessories (electric)</t>
+  </si>
+  <si>
+    <t>Electrogastrography system</t>
+  </si>
+  <si>
+    <t>Cryotherapy non invasive</t>
   </si>
   <si>
     <t>Extracorporeal shock wave treatment device</t>
   </si>
   <si>
-    <t>Cell and tissue culture supplies and equipment</t>
-[...56 lines deleted...]
-    <t>Nasal aspirator</t>
+    <t>Chest X-Ray Computer Aided Detection</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass vascular catheter, cannula, or tubing</t>
+  </si>
+  <si>
+    <t>Ocular plethysmograph</t>
+  </si>
+  <si>
+    <t>Laryngostroboscope</t>
+  </si>
+  <si>
+    <t>Esophagoscope (flexible or rigid) and accessories</t>
+  </si>
+  <si>
+    <t>Hysteroscopic insufflator</t>
+  </si>
+  <si>
+    <t>Mediastinoscope and accessories</t>
+  </si>
+  <si>
+    <t>Procalcitonin test system</t>
+  </si>
+  <si>
+    <t>Laser Scanning Ophthalmoscope</t>
+  </si>
+  <si>
+    <t>Nd:YAG laser for posterior capsulotomy and peripheral iridotomy</t>
+  </si>
+  <si>
+    <t>Ocular surgery irrigation device</t>
+  </si>
+  <si>
+    <t>Fluorescent scanner</t>
+  </si>
+  <si>
+    <t>Base metal alloy</t>
+  </si>
+  <si>
+    <t>Airbrush</t>
+  </si>
+  <si>
+    <t>Jaw tracking device</t>
+  </si>
+  <si>
+    <t>Partially fabricated denture kit</t>
+  </si>
+  <si>
+    <t>(Dihapus) Tooth bleaching agents</t>
+  </si>
+  <si>
+    <t>Posterior artificial tooth with a metal insert</t>
+  </si>
+  <si>
+    <t>Electroconductive media</t>
+  </si>
+  <si>
+    <t>Obstetric forceps</t>
+  </si>
+  <si>
+    <t>AC-powered dynamometer</t>
+  </si>
+  <si>
+    <t>Nuclear uptake probe</t>
+  </si>
+  <si>
+    <t>Radionuclide dose calibrator</t>
+  </si>
+  <si>
+    <t>Catheter guide wire</t>
+  </si>
+  <si>
+    <t>Breast lesion documentation system</t>
+  </si>
+  <si>
+    <t>Predictive pulmonary-function value calculator</t>
+  </si>
+  <si>
+    <t>Water circulating hot or cold pack</t>
+  </si>
+  <si>
+    <t>Coxsackievirus serological reagents</t>
+  </si>
+  <si>
+    <t>High permeability hemodialysis system</t>
+  </si>
+  <si>
+    <t>Thermal Imaging Camera System</t>
+  </si>
+  <si>
+    <t>Backing and facing for an artificial tooth</t>
+  </si>
+  <si>
+    <t>Cortical electrode</t>
+  </si>
+  <si>
+    <t>Normal saline flush syringe</t>
+  </si>
+  <si>
+    <t>Neurosurgical paddie</t>
+  </si>
+  <si>
+    <t>Laser fluorescence caries detection device</t>
+  </si>
+  <si>
+    <t>(Dihapus) Teething ring</t>
+  </si>
+  <si>
+    <t>Rhinoanemometer</t>
+  </si>
+  <si>
+    <t>Air or water caloric stimulator</t>
+  </si>
+  <si>
+    <t>Monitor, Eye Movement, Diagnostic</t>
+  </si>
+  <si>
+    <t>Laryngotracheal topical anesthesia applicator</t>
+  </si>
+  <si>
+    <t>Catheter cannula</t>
+  </si>
+  <si>
+    <t>Diagnostic intravascular catheter</t>
+  </si>
+  <si>
+    <t>External cardiac compressor</t>
+  </si>
+  <si>
+    <t>Cranial drill handpiece (brace)</t>
+  </si>
+  <si>
+    <t>Roller-type cardiopulmonary bypass blood pump</t>
+  </si>
+  <si>
+    <t>Volume sizer for breast implant</t>
+  </si>
+  <si>
+    <t>Tracheal/bronchial differential ventilation tube</t>
+  </si>
+  <si>
+    <t>Radionuclide rebreathing system</t>
+  </si>
+  <si>
+    <t>Unscented menstrual tampon</t>
+  </si>
+  <si>
+    <t>Hematology quality control mixture</t>
+  </si>
+  <si>
+    <t>Electronic noise generator for audiometric testing</t>
+  </si>
+  <si>
+    <t>Cochlear electrode array depth gauge</t>
+  </si>
+  <si>
+    <t>Cochlear implant</t>
+  </si>
+  <si>
+    <t>Nystagmograph</t>
+  </si>
+  <si>
+    <t>Nose clip</t>
+  </si>
+  <si>
+    <t>Electroglottograph</t>
+  </si>
+  <si>
+    <t>High Intensity Focused Ultrasound</t>
+  </si>
+  <si>
+    <t>Standup wheelchair</t>
+  </si>
+  <si>
+    <t>Powered fluid injector</t>
+  </si>
+  <si>
+    <t>Densitometer</t>
+  </si>
+  <si>
+    <t>Hemostatic Dressing</t>
+  </si>
+  <si>
+    <t>Bone Wax</t>
+  </si>
+  <si>
+    <t>OTC denture cushion or pad</t>
+  </si>
+  <si>
+    <t>Semi automated blood extractor</t>
+  </si>
+  <si>
+    <t>Isokinetic testing and evaluation system</t>
+  </si>
+  <si>
+    <t>Transcervical endoscope (amnioscope) and accessories</t>
+  </si>
+  <si>
+    <t>Pulp tester</t>
+  </si>
+  <si>
+    <t>Jaundice meter</t>
+  </si>
+  <si>
+    <t>Disposable high flow nasal cannula</t>
+  </si>
+  <si>
+    <t>Intraoral devices for snoring and obstructive sleep apnea</t>
+  </si>
+  <si>
+    <t>Spine curvature monitor</t>
+  </si>
+  <si>
+    <t>Continuous Glucose Monitoring system</t>
+  </si>
+  <si>
+    <t>Scintillation (gamma) camera</t>
+  </si>
+  <si>
+    <t>Moist steam cabinet</t>
+  </si>
+  <si>
+    <t>Evoked response photic stimulator</t>
+  </si>
+  <si>
+    <t>Esthesiometer</t>
+  </si>
+  <si>
+    <t>(Dihapus) Nasopharyngoscope (flexible or rigid) and accessories</t>
+  </si>
+  <si>
+    <t>Tissue expander</t>
+  </si>
+  <si>
+    <t>Subcutaneous, implanted, intravascular infusion port and catheter</t>
+  </si>
+  <si>
+    <t>Catheter tip occluder</t>
+  </si>
+  <si>
+    <t>Stainless steel suture</t>
+  </si>
+  <si>
+    <t>Tissue adhesive  for the topical approximation of skin</t>
+  </si>
+  <si>
+    <t>Spinal intervertebral body fixation orthosis</t>
+  </si>
+  <si>
+    <t>Dura substitute</t>
+  </si>
+  <si>
+    <t>Spinal interlaminal fixation orthosis</t>
+  </si>
+  <si>
+    <t>Vascular graft prosthesis</t>
+  </si>
+  <si>
+    <t>Anesthesia conduction kit</t>
+  </si>
+  <si>
+    <t>Suture, Absorbable, Ophthalmic</t>
+  </si>
+  <si>
+    <t>Absorbable poly(hydroxybutyrate) surgical suture produced by recombinant DNA technology</t>
+  </si>
+  <si>
+    <t>Tissue adhesive  with adjunct wound closure device for topical approximation of skin</t>
+  </si>
+  <si>
+    <t>Implantable clip</t>
+  </si>
+  <si>
+    <t>Rigid gas permeable contact lens care products</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass oxygenator</t>
+  </si>
+  <si>
+    <t>Continuous flush catheter</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass heart-lung machine console</t>
+  </si>
+  <si>
+    <t>Vascular graft prosthesis from animal/microbial/recombinant origin</t>
+  </si>
+  <si>
+    <t>Cardiopulmonary bypass on-line blood gas monitor</t>
+  </si>
+  <si>
+    <t>Extravascular blood flow probe</t>
+  </si>
+  <si>
+    <t>Vascular embolization device</t>
+  </si>
+  <si>
+    <t>Vascular closure device</t>
+  </si>
+  <si>
+    <t>Nonabsorbable expanded polytetrafluoroethylene surgical suture</t>
+  </si>
+  <si>
+    <t>Neurovascular embolization device</t>
+  </si>
+  <si>
+    <t>Ear, nose, and throat bur</t>
+  </si>
+  <si>
+    <t>Annuloplasty ring (dihapus)</t>
+  </si>
+  <si>
+    <t>Electrode recording catheter or electrode recording probe</t>
+  </si>
+  <si>
+    <t>Intracranial pressure monitoring device</t>
+  </si>
+  <si>
+    <t>Implantable Clip</t>
+  </si>
+  <si>
+    <t>Indirect pacemaker generator function analyzer</t>
+  </si>
+  <si>
+    <t>Annuloplasty ring</t>
+  </si>
+  <si>
+    <t>External functional neuromuscular stimulator</t>
+  </si>
+  <si>
+    <t>Peripheral Stent (vascular)</t>
+  </si>
+  <si>
+    <t>Ventricular catheter</t>
+  </si>
+  <si>
+    <t>Percutaneous catheter for neurovascular</t>
+  </si>
+  <si>
+    <t>Depth electrode</t>
+  </si>
+  <si>
+    <t>Flow-directed catheter</t>
+  </si>
+  <si>
+    <t>Pacemaker programmers</t>
+  </si>
+  <si>
+    <t>Extracorporeal shock wave lithotripter</t>
+  </si>
+  <si>
+    <t>Vascular embolization device (peripheral)</t>
+  </si>
+  <si>
+    <t>Electrohydraulic lithotriptor</t>
+  </si>
+  <si>
+    <t>Catheter tip pressure transducer</t>
+  </si>
+  <si>
+    <t>Temporary catheter for embolic protection during transcatheter intracardiac procedures</t>
+  </si>
+  <si>
+    <t>Radiofrequency lesion generator</t>
+  </si>
+  <si>
+    <t>Mammographic x-ray system</t>
+  </si>
+  <si>
+    <t>Peritoneal dialysis system and accessories</t>
+  </si>
+  <si>
+    <t>Cutaneous carbon dioxide (PcCO2) monitor</t>
+  </si>
+  <si>
+    <t>Computed tomography x-ray system</t>
+  </si>
+  <si>
+    <t>Angiographic x-ray system</t>
+  </si>
+  <si>
+    <t>Electrostatic x-ray imaging system</t>
+  </si>
+  <si>
+    <t>Steerable catheter control system</t>
+  </si>
+  <si>
+    <t>Emission computed tomography system</t>
+  </si>
+  <si>
+    <t>Radiation therapy simulation system</t>
+  </si>
+  <si>
+    <t>Magnetic resonance diagnostic device</t>
+  </si>
+  <si>
+    <t>Full-field Digital Mammography System</t>
+  </si>
+  <si>
+    <t>Radiological Computer Assisted Detection And Diagnosis for lessions suspicious of cancer</t>
+  </si>
+  <si>
+    <t>Hygroscopic Laminaria cervical dilator</t>
+  </si>
+  <si>
+    <t>Endometrial suction curette and accessories</t>
+  </si>
+  <si>
+    <t>Hemodialyzer with disposable insert (Kiil type)</t>
+  </si>
+  <si>
+    <t>Vitreous aspiration and cutting instrument</t>
+  </si>
+  <si>
+    <t>Ophthalmic photocoagulator</t>
+  </si>
+  <si>
+    <t>Intense pulsed light device for managing dry eye</t>
+  </si>
+  <si>
+    <t>Phacofragmentation system</t>
+  </si>
+  <si>
+    <t>Robotically-assisted endoscopy surgery</t>
+  </si>
+  <si>
+    <t>Intracardiac patch or pledget made of polypropylene, polyethylene terephthalate, or polytetrafluoroethylene</t>
+  </si>
+  <si>
+    <t>Gastroenterology-urology evacuator (electric)</t>
+  </si>
+  <si>
+    <t>Diagnostic x-ray high voltage generator</t>
+  </si>
+  <si>
+    <t>Anesthetic vaporizer</t>
+  </si>
+  <si>
+    <t>Intravascular catheter with antimicrobial</t>
+  </si>
+  <si>
+    <t>Ophthalmic excimer laser system</t>
+  </si>
+  <si>
+    <t>Ophthalmic laser</t>
+  </si>
+  <si>
+    <t>Oxygen gas analyzer</t>
+  </si>
+  <si>
+    <t>Nitric oxide administration apparatus</t>
+  </si>
+  <si>
+    <t>Intra articular fluid</t>
+  </si>
+  <si>
+    <t>Ophthalmic Femtosecond Laser</t>
+  </si>
+  <si>
+    <t>Corneal storage media</t>
+  </si>
+  <si>
+    <t>DC-defribrillator (including paddles)</t>
+  </si>
+  <si>
+    <t>Hip joint metal/ceramic/polymer semi-constrained cemented or nonporous uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Knee joint patellofemorotibial polymer/metal/polymer semi-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Nonroller-type cardiopulmonary and circulatory bypass blood pump</t>
+  </si>
+  <si>
+    <t>Polytetrafluoroethylene (PTFE) vitreous carbon materials</t>
+  </si>
+  <si>
+    <t>Bone densitometer</t>
+  </si>
+  <si>
+    <t>Cryogenic surgical device</t>
+  </si>
+  <si>
+    <t>Polymethylmethacrylate (PMMA) bone cement</t>
+  </si>
+  <si>
+    <t>Intraocular fluid</t>
+  </si>
+  <si>
+    <t>High intensity ultrasound system for prostate tissue ablation</t>
+  </si>
+  <si>
+    <t>Remote controlled radionuclide applicator system</t>
+  </si>
+  <si>
+    <t>Sorbent hemoperfusion system</t>
+  </si>
+  <si>
+    <t>X-ray radiation therapy system</t>
+  </si>
+  <si>
+    <t>Radionuclide brachytherapy source</t>
+  </si>
+  <si>
+    <t>Cryophthalmic unit</t>
+  </si>
+  <si>
+    <t>Excimer Laser System</t>
+  </si>
+  <si>
+    <t>Radiofrequency electrosurgical cautery apparatus</t>
+  </si>
+  <si>
+    <t>Knee joint patellofemoral polymer/metal semi-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Bone grafting material from animal origin</t>
+  </si>
+  <si>
+    <t>Multiparameter immunological test system</t>
+  </si>
+  <si>
+    <t>Nasal Binacalicular Intubation</t>
+  </si>
+  <si>
+    <t>Absorbable implant (scleral buckling method)</t>
+  </si>
+  <si>
+    <t>Eye sphere implant</t>
+  </si>
+  <si>
+    <t>Lacrimal Stents And Intubation Sets</t>
+  </si>
+  <si>
+    <t>Implanted ionizing radiation dosimeter</t>
+  </si>
+  <si>
+    <t>Non-image-intensified fluoroscopic x-ray system</t>
+  </si>
+  <si>
+    <t>Rigid gas permeable contact lens for daily wear only</t>
+  </si>
+  <si>
+    <t>Automated platelet aggregation system</t>
+  </si>
+  <si>
+    <t>Pancreatic drainage stent and delivery system</t>
+  </si>
+  <si>
+    <t>Laryngeal prosthesis (Taub design)</t>
+  </si>
+  <si>
+    <t>Extracorporeal circuit and accessories for long-term respiratory/cardiopulmonary failure</t>
+  </si>
+  <si>
+    <t>External vagal nerve stimulator for headache</t>
+  </si>
+  <si>
+    <t>Excimer laser system</t>
+  </si>
+  <si>
+    <t>Radionuclide radiation therapy system</t>
+  </si>
+  <si>
+    <t>Intraosseous fixation screw or wire</t>
+  </si>
+  <si>
+    <t>Shoulder joint metal/polymer/metal nonconstrained or semi-constrained porous-coated uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Radiological computer-assisted detection and diagnostic software</t>
+  </si>
+  <si>
+    <t>Endovascular Graft</t>
+  </si>
+  <si>
+    <t>Urethral lubricant gel with drug</t>
+  </si>
+  <si>
+    <t>Balloon aortic valvuloplasty catheter</t>
+  </si>
+  <si>
+    <t>Shockwave intravascular lithotripsy generator</t>
+  </si>
+  <si>
+    <t>Endoscopic electrocautery and accessories</t>
+  </si>
+  <si>
+    <t>Bone void filler contains animal/ recombinant origin</t>
+  </si>
+  <si>
+    <t>Synthetic absorbable suture</t>
+  </si>
+  <si>
+    <t>External negative pressure ventilator</t>
+  </si>
+  <si>
+    <t>(Tidak digunakan) Percutaneous Transluminal Coronary Angioplasty (PTCA) Catheter (double)</t>
+  </si>
+  <si>
+    <t>Polymethylmethacrylate (PMMA) bone cement with drug</t>
+  </si>
+  <si>
+    <t>Knee joint femorotibial metal/composite semi-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Hip joint metal/metal semi-constrained, with a cemented acetabular component, prosthesis</t>
+  </si>
+  <si>
+    <t>Knee joint femorotibial metal/polymer constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Knee joint femorotibial metal/polymer semi-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Shoulder joint humeral (hemi-shoulder) metallic uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Cement mixer for clinical use</t>
+  </si>
+  <si>
+    <t>Nonabsorable Ophthalmic Suture</t>
+  </si>
+  <si>
+    <t>Renal Denervation Catheter</t>
+  </si>
+  <si>
+    <t>Passive tendon prosthesis</t>
+  </si>
+  <si>
+    <t>Preformed alterable cranioplasty plate</t>
+  </si>
+  <si>
+    <t>Cranioplasty plate fastener</t>
+  </si>
+  <si>
+    <t>Preformed nonalterable cranioplasty plate</t>
+  </si>
+  <si>
+    <t>Hip joint metal constrained cemented or uncemented prosthesis</t>
+  </si>
+  <si>
+    <t>Implanted peripheral nerve stimulator for pain relief</t>
+  </si>
+  <si>
+    <t>Unipolar endoscopic coagulator-cutter and accessories</t>
+  </si>
+  <si>
+    <t>Overnight contact lens orthokeratology</t>
+  </si>
+  <si>
+    <t>Gingival retraction/hemostatic paste</t>
   </si>
   <si>
     <t>Robotically-assisted orthopaedic surgery</t>
   </si>
   <si>
-    <t>Ophthalmic surgical marker</t>
-[...107 lines deleted...]
-    <t>Burr hole cover</t>
+    <t>(Dihapus) Vascular closure device</t>
+  </si>
+  <si>
+    <t>Renal stent</t>
+  </si>
+  <si>
+    <t>Ingestible telemetric gastrointestinal capsule imaging system</t>
+  </si>
+  <si>
+    <t>Hip joint metal/polymer or ceramic/polymer semiconstrained resurfacing cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Capsular Tension Ring</t>
+  </si>
+  <si>
+    <t>Assisted reproduction laser system</t>
+  </si>
+  <si>
+    <t>Balloon kyphoplasty procedure kit</t>
+  </si>
+  <si>
+    <t>Tissue adhesive for non-topical use</t>
+  </si>
+  <si>
+    <t>Retinal Diagnostic Software Device</t>
+  </si>
+  <si>
+    <t>Tracheal prosthesis</t>
+  </si>
+  <si>
+    <t>Endodontic stabilizing splint</t>
+  </si>
+  <si>
+    <t>Ear, nose, and throat synthetic polymer material</t>
+  </si>
+  <si>
+    <t>Tympanostomy tube</t>
+  </si>
+  <si>
+    <t>Subperiosteal implant material</t>
+  </si>
+  <si>
+    <t>(DIHAPUS) Combined spinal/epidural anesthesia</t>
+  </si>
+  <si>
+    <t>External penile rigidity devices</t>
+  </si>
+  <si>
+    <t>Hip joint metal/polymer semi-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Percutaneous catheter for coronary use</t>
+  </si>
+  <si>
+    <t>Hip joint metal/composite semi-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Hip joint femoral (hemi-hip) metallic resurfacing prosthesis</t>
+  </si>
+  <si>
+    <t>External prosthesis adhesive</t>
+  </si>
+  <si>
+    <t>Hip joint metal/metal semi-constrained, with an uncemented acetabular component, prosthesis</t>
+  </si>
+  <si>
+    <t>Polytetrafluoroethylene with carbon fibers composite implant material</t>
+  </si>
+  <si>
+    <t>Elbow joint radial (hemi-elbow) polymer prosthesis</t>
+  </si>
+  <si>
+    <t>Ankle joint metal/polymer semi-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Shoulder joint metal/polymer semi-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Punctum Plug</t>
+  </si>
+  <si>
+    <t>Condom with benzocaine</t>
+  </si>
+  <si>
+    <t>Implantable transprostatic tissue retractor system</t>
+  </si>
+  <si>
+    <t>Immunonephelometer equipment</t>
+  </si>
+  <si>
+    <t>Cardiovascular intravascular filter</t>
+  </si>
+  <si>
+    <t>Cement monomer vapor evacuator</t>
+  </si>
+  <si>
+    <t>Knee joint femorotibial metal/composite non-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Rf/Microwave Hyperthermia System, Cancer Treatment</t>
+  </si>
+  <si>
+    <t>Thermal cautery unit</t>
+  </si>
+  <si>
+    <t>Chin prosthesis</t>
+  </si>
+  <si>
+    <t>Keratoprosthesis</t>
+  </si>
+  <si>
+    <t>Elbow joint metal/polymer constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Shoulder joint metal/polymer non-constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Ventilatory electrical impedance tomograph</t>
+  </si>
+  <si>
+    <t>Cutaneous oxygen (PcO2) monitor</t>
+  </si>
+  <si>
+    <t>Bone Sonometer</t>
+  </si>
+  <si>
+    <t>Methyl methacrylate for cranioplasty</t>
+  </si>
+  <si>
+    <t>Cutting/scoring Percutaneous Transluminal Coronary Angioplasty (PTCA) Catheter</t>
+  </si>
+  <si>
+    <t>Aqueous shunt contains material from animal origin</t>
+  </si>
+  <si>
+    <t>Knee joint femorotibial metallic constrained cemented prosthesis</t>
+  </si>
+  <si>
+    <t>Penile rigidity implant</t>
+  </si>
+  <si>
+    <t>Drug eluting stent</t>
+  </si>
+  <si>
+    <t>(Dihapus) Drug eluting balloon</t>
+  </si>
+  <si>
+    <t>Drug eluting balloon</t>
+  </si>
+  <si>
+    <t>Intra-aortic balloon and control system</t>
+  </si>
+  <si>
+    <t>Vascular Hemostatis Device</t>
+  </si>
+  <si>
+    <t>[Tidak Digunakan] Percutaneous Cardiac Ablation Catheter For Treatment Of Atrial Fibrillation</t>
+  </si>
+  <si>
+    <t>Implantable pacemaker pulse generator</t>
+  </si>
+  <si>
+    <t>Coronary stent</t>
+  </si>
+  <si>
+    <t>Cardiac occluder</t>
+  </si>
+  <si>
+    <t>Cardiovascular permanent pacemaker electrode</t>
+  </si>
+  <si>
+    <t>Endovascular Suturing System</t>
+  </si>
+  <si>
+    <t>Replacement heart valve</t>
+  </si>
+  <si>
+    <t>Intratechal catheter</t>
+  </si>
+  <si>
+    <t>Implanted programmable infusion pump</t>
+  </si>
+  <si>
+    <t>Implantable multi-programmable quadripolar deep brain stimulation system</t>
+  </si>
+  <si>
+    <t>Implanted cerebellar stimulator</t>
+  </si>
+  <si>
+    <t>Automatic Implantable Cardioverter Defibrillator With Cardiac Resynchronization (Crt-D)</t>
+  </si>
+  <si>
+    <t>Implantable Cardioverter Defibrillator (Non-Crt)</t>
+  </si>
+  <si>
+    <t>Carotid Stent</t>
+  </si>
+  <si>
+    <t>Prosthesis Percutaneously Delivered Aortic Valve</t>
+  </si>
+  <si>
+    <t>Implanted intracerebral/subcortical stimulator for pain relief</t>
+  </si>
+  <si>
+    <t>Implanted neuromuscular stimulator</t>
+  </si>
+  <si>
+    <t>Carotid stent</t>
+  </si>
+  <si>
+    <t>Coronary atherectomy catheter</t>
+  </si>
+  <si>
+    <t>Catheter introducer (direct contact with CCS and/or heart)</t>
+  </si>
+  <si>
+    <t>Intragastric Balloon System</t>
+  </si>
+  <si>
+    <t>Adhesion Barrier</t>
+  </si>
+  <si>
+    <t>Suture knot pusher for cardiovascular use</t>
+  </si>
+  <si>
+    <t>Shockwave generator for pain relief (tidak digunakan)</t>
+  </si>
+  <si>
+    <t>Intravascular occluding catheter</t>
+  </si>
+  <si>
+    <t>Endomyocardial biopsy device</t>
+  </si>
+  <si>
+    <t>Digital Breast Tomosynthesis (tidak dipakai, pindah ke full-field digital mammography system)</t>
+  </si>
+  <si>
+    <t>Temporary replacement of glycosaminoglycan layer in the bladder</t>
+  </si>
+  <si>
+    <t>Ventricular bypass (assist) device</t>
+  </si>
+  <si>
+    <t>Contraceptive intrauterine device (IUD) and introducer</t>
+  </si>
+  <si>
+    <t>Radionuclide radiation theraphy system</t>
+  </si>
+  <si>
+    <t>Resorbable implant for articular osteochondral repair</t>
+  </si>
+  <si>
+    <t>Cardiac pulse generator programmer</t>
+  </si>
+  <si>
+    <t>Implanted mechanical/hydraulic urinary continence device</t>
+  </si>
+  <si>
+    <t>Injectable bulking agent for gastro-urology use</t>
+  </si>
+  <si>
+    <t>Testicular prosthesis</t>
+  </si>
+  <si>
+    <t>Catheter guide wire for neurovascular use</t>
+  </si>
+  <si>
+    <t>Peripheral Stent (cardiology or central circulatory system use)</t>
+  </si>
+  <si>
+    <t>Shockwave intravascular lithotripsy catheter</t>
+  </si>
+  <si>
+    <t>Peripheral atherectomy catheter</t>
+  </si>
+  <si>
+    <t>Rigid gas permeable contact lens for extended wear</t>
+  </si>
+  <si>
+    <t>Absorbable Adhesion Barrier</t>
+  </si>
+  <si>
+    <t>[Tidak Digunakan] Cardiac ablation percutaneous catheter</t>
+  </si>
+  <si>
+    <t>Neurovascular stent</t>
+  </si>
+  <si>
+    <t>Drug Eluting Sinus Stent</t>
+  </si>
+  <si>
+    <t>Iris reconstruction lens</t>
+  </si>
+  <si>
+    <t>Implanted Autonomic Nerve Stimulation For Epilepsy</t>
+  </si>
+  <si>
+    <t>Implanted electrical urinary continence device</t>
+  </si>
+  <si>
+    <t>Surgical sealant</t>
+  </si>
+  <si>
+    <t>Cardiology Clip</t>
+  </si>
+  <si>
+    <t>Vascular clip for cardiac use</t>
+  </si>
+  <si>
+    <t>Endobronchial Valve</t>
+  </si>
+  <si>
+    <t>Total temporomandibular joint prosthesis</t>
+  </si>
+  <si>
+    <t>(Tidak digunakan) Superficial Femoral Artery Stent</t>
+  </si>
+  <si>
+    <t>Mucoadhesive suspension</t>
+  </si>
+  <si>
+    <t>(Akan dihapuskan) Aortic Heart Valve, More Than Minimally Manipulated Allograft</t>
+  </si>
+  <si>
+    <t>(Dihapus) Peripheral Stent</t>
+  </si>
+  <si>
+    <t>Pacemaker lead adaptor</t>
+  </si>
+  <si>
+    <t>Electroconvulsive therapy device</t>
+  </si>
+  <si>
+    <t>Female condom</t>
+  </si>
+  <si>
+    <t>Contraceptive tubal occlusion device (TOD) and introducer</t>
+  </si>
+  <si>
+    <t>Intraarticular hyaluronic acid</t>
+  </si>
+  <si>
+    <t>Partial ossicular replacement prosthesis</t>
+  </si>
+  <si>
+    <t>Uterine drug eluting stent</t>
+  </si>
+  <si>
+    <t>Penile inflatable implant</t>
+  </si>
+  <si>
+    <t>Fibrinogen/fibrin degradation products assay</t>
+  </si>
+  <si>
+    <t>Total triiodothyronine test system (card)</t>
+  </si>
+  <si>
+    <t>Total thyroxine test system (card)</t>
+  </si>
+  <si>
+    <t>(DIHAPUS) Tissue processing equipment (lain-lain)</t>
+  </si>
+  <si>
+    <t>Opiate test system(card)</t>
+  </si>
+  <si>
+    <t>Amylase test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>AFP-L3% immunological test system</t>
+  </si>
+  <si>
+    <t>Luteinizing hormone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Follicle-stimulating hormone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Streptococcus spp. exoenzyme reagents</t>
+  </si>
+  <si>
+    <t>Complexed Prostate Specific Antigen (CPSA) Immunological Test System</t>
+  </si>
+  <si>
+    <t>Vitamin D test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Immunohistochemistry reagents and kits (Quantitative)</t>
+  </si>
+  <si>
+    <t>Flow cytometric test system for hematopoietic neoplasms</t>
+  </si>
+  <si>
+    <t>Leukocyte alkaline phosphatase test</t>
+  </si>
+  <si>
+    <t>Blood gases (P CO 2, P O 2) and blood pH test system</t>
+  </si>
+  <si>
+    <t>Quality control kit for blood banking reagents</t>
+  </si>
+  <si>
+    <t>Immunological quality control</t>
+  </si>
+  <si>
+    <t>Creatinine test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Analyte specific reagents</t>
+  </si>
+  <si>
+    <t>Lipase test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Lipid (total) test system</t>
+  </si>
+  <si>
+    <t>Antimicrobial susceptibility test disc</t>
+  </si>
+  <si>
+    <t>Nephelometer for clinical use</t>
+  </si>
+  <si>
+    <t>Antimicrobial susceptibility test powder</t>
+  </si>
+  <si>
+    <t>Fully automated short-term incubation cycle antimicrobial susceptibility system</t>
+  </si>
+  <si>
+    <t>Microbiological assay culture medium</t>
+  </si>
+  <si>
+    <t>Supplement for culture media</t>
+  </si>
+  <si>
+    <t>Culture medium for antimicrobial susceptibility tests</t>
+  </si>
+  <si>
+    <t>Coagulase plasma</t>
+  </si>
+  <si>
+    <t>Quality control kit for culture media</t>
+  </si>
+  <si>
+    <t>Escherichia coli serological reagents</t>
+  </si>
+  <si>
+    <t>Campylobacter fetus serological reagents</t>
+  </si>
+  <si>
+    <t>Complement reagent</t>
+  </si>
+  <si>
+    <t>Parathyroid hormone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Multiplex nucleic acid assay for identification of microorganisms and resistance markers from positive blood cultures</t>
+  </si>
+  <si>
+    <t>Red cell indices device</t>
+  </si>
+  <si>
+    <t>Complement C 3b inactivator immunological test system</t>
+  </si>
+  <si>
+    <t>Lectins and protectins</t>
+  </si>
+  <si>
+    <t>Immunoglobulins A, G, M, D, and E immunological test system</t>
+  </si>
+  <si>
+    <t>Stabilized enzyme solution</t>
+  </si>
+  <si>
+    <t>(DIHAPUS) Tissue processing equipment (electrically operated)</t>
+  </si>
+  <si>
+    <t>Automated tissue processor</t>
+  </si>
+  <si>
+    <t>Alpha -1-lipoprotein immunological test system</t>
+  </si>
+  <si>
+    <t>Complement components immunological test system</t>
+  </si>
+  <si>
+    <t>Sodium test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Chloride test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Automated slide stainer</t>
+  </si>
+  <si>
+    <t>Potassium test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Iron (non-heme) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Transferrin immunological test system</t>
+  </si>
+  <si>
+    <t>Phosphorus (inorganic) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Varicella-zoster virus serological reagents</t>
+  </si>
+  <si>
+    <t>Rubeola (measles) virus serological reagents</t>
+  </si>
+  <si>
+    <t>Mumps virus serological reagents</t>
+  </si>
+  <si>
+    <t>Epstein-Barr virus serological reagents</t>
+  </si>
+  <si>
+    <t>Device to detect and identify microbial pathogen nucleic acids in cerebrospinal fluid</t>
+  </si>
+  <si>
+    <t>Factor deficiency test</t>
+  </si>
+  <si>
+    <t>Myoglobin immunological test system</t>
+  </si>
+  <si>
+    <t>Creatine phosphokinase/creatine kinase or isoenzymes test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Russell viper venom reagent</t>
+  </si>
+  <si>
+    <t>Partial thromboplastin time tests</t>
+  </si>
+  <si>
+    <t>Calibrator for red cell and white cell counting</t>
+  </si>
+  <si>
+    <t>Prothrombin time test</t>
+  </si>
+  <si>
+    <t>Heparin assay</t>
+  </si>
+  <si>
+    <t>Cortisol (hydrocortisone and hydroxycorticosterone) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Thrombin time test</t>
+  </si>
+  <si>
+    <t>Progesterone test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Antithrombin III assay</t>
+  </si>
+  <si>
+    <t>Multipurpose system for in vitro coagulation studies</t>
+  </si>
+  <si>
+    <t>Estradiol test system(strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Prolactin (lactogen) test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Beta -2-microglobulin immunological test system</t>
+  </si>
+  <si>
+    <t>Testosterone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Endotoxin assay</t>
+  </si>
+  <si>
+    <t>B-type natriuretic peptide test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Human growth hormone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Quality control material (assayed and unassayed) (strip)</t>
+  </si>
+  <si>
+    <t>Staphylococcal typing bacteriophage</t>
+  </si>
+  <si>
+    <t>Listeria spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Culture medium for pathogenic Neisseria spp</t>
+  </si>
+  <si>
+    <t>Microbial growth monitor. (Electrically Operated)</t>
+  </si>
+  <si>
+    <t>Vitamin B12 test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Calcium test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Magnesium test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Cytocentrifuge</t>
+  </si>
+  <si>
+    <t>Opiate test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Barbiturate test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Benzodiazepine test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Cannabinoid test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Clinical toxicology control material (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Clinical toxicology calibrator (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Amphetamine test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Methadone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Cocaine and cocaine metabolite test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Alcohol test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Methamphetamine test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Mass spectrometer system for clinical use for the identification of microorganism</t>
+  </si>
+  <si>
+    <t>Schistosoma spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Hematocrit measuring device. (Electrically Operated)</t>
+  </si>
+  <si>
+    <t>Blood gases (P CO 2, P O 2) and blood pH test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Blood gases (P CO 2, P O 2) and blood pH test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Blood gases (P CO 2, P O 2) and blood pH test system (card)</t>
+  </si>
+  <si>
+    <t>Lithium test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Automated medium dispensing and stacking device</t>
+  </si>
+  <si>
+    <t>Prealbumin immunological test system</t>
+  </si>
+  <si>
+    <t>Immunoglobulin (light chain specific) immunological test system</t>
+  </si>
+  <si>
+    <t>Fetal Fibronectin Test System</t>
+  </si>
+  <si>
+    <t>Retinol-binding protein immunological test system</t>
+  </si>
+  <si>
+    <t>Hemopexin immunological test system</t>
+  </si>
+  <si>
+    <t>Alpha -globulin immunological test system</t>
+  </si>
+  <si>
+    <t>Alpha -1-glycoproteins immunological test system</t>
+  </si>
+  <si>
+    <t>Radioallergosorbent (RAST) immunological test system</t>
+  </si>
+  <si>
+    <t>Herpes simplex virus serological assays</t>
+  </si>
+  <si>
+    <t>Ammonia test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Estradiol test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Gastrin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Lactic acid test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Erythropoietin assay</t>
+  </si>
+  <si>
+    <t>Prolactin (lactogen) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Progesterone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Lactic dehydrogenase immunological test system</t>
+  </si>
+  <si>
+    <t>Device to detect and measure non-microbial analyte(s) in human clinical specimens to aid in assessment of patients with suspected sepsis</t>
+  </si>
+  <si>
+    <t>Anti-Mullerian Hormone Test System (cair)</t>
+  </si>
+  <si>
+    <t>Urinary homocystine (nonquantitative) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Tacrolimus test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Adrenocorticotropic hormone (ACTH) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Erythrocytic glucose-6-phosphate dehydrogenase assay</t>
+  </si>
+  <si>
+    <t>Cholylglycine test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Copper test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Zinc test system</t>
+  </si>
+  <si>
+    <t>Dehydroepiandrosterone (free and sulfate) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Androstenedione test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Diphenylhydantoin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Phenobarbital test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Neuroleptic drugs radioreceptor assay test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Total triiodothyronine test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Device to detect and identify nucleic acid targets in respiratory specimens from microbial agents that cause the SARS-CoV-2 respiratory infection and other microbial agents when in a multi-target test</t>
+  </si>
+  <si>
+    <t>Mycoplasma spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Trypanosoma spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Brucella spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Neisseria spp. direct serological test reagents</t>
+  </si>
+  <si>
+    <t>Respiratory syncytial virus serological reagents</t>
+  </si>
+  <si>
+    <t>Breath-alcohol test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Adenovirus serological reagents</t>
+  </si>
+  <si>
+    <t>Barbiturate test system(card)</t>
+  </si>
+  <si>
+    <t>Barbiturate test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Human growth hormone test system (card)</t>
+  </si>
+  <si>
+    <t>Erythrocyte sedimentation rate test</t>
+  </si>
+  <si>
+    <t>Infectious mononucleosis immunological test system</t>
+  </si>
+  <si>
+    <t>Coagulation instrument</t>
+  </si>
+  <si>
+    <t>(Dihapus) Multiple autoantibodies immunological test system</t>
+  </si>
+  <si>
+    <t>Beta -2-glycoprotein I immunological test system</t>
+  </si>
+  <si>
+    <t>Fecal calprotectin immunological test system</t>
+  </si>
+  <si>
+    <t>Immunoglobulin G (Fab fragment specific) immunological test system</t>
+  </si>
+  <si>
+    <t>Chlamydia serological reagents</t>
+  </si>
+  <si>
+    <t>Corynebacterium spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Clostridium difficile toxin gene amplification assay</t>
+  </si>
+  <si>
+    <t>Aspergillus spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Rickettsia serological reagents</t>
+  </si>
+  <si>
+    <t>Immunoreactive insulin test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Vitamin D test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Alcohol test system(card)</t>
+  </si>
+  <si>
+    <t>Parvovirus B19 serological test system</t>
+  </si>
+  <si>
+    <t>Lactoferrin immunological test system</t>
+  </si>
+  <si>
+    <t>Thyroxine-binding globulin test system (card)</t>
+  </si>
+  <si>
+    <t>Free thyroxine test system (card)</t>
+  </si>
+  <si>
+    <t>Free tyrosine test system (card)</t>
+  </si>
+  <si>
+    <t>Luteinizing hormone test system (card)</t>
+  </si>
+  <si>
+    <t>Follicle-stimulating hormone test system (card)</t>
+  </si>
+  <si>
+    <t>Systemic lupus erythematosus immunological test system</t>
+  </si>
+  <si>
+    <t>Bordetella spp. serological reagents</t>
+  </si>
+  <si>
+    <t>Automated cell-washing centrifuge for immuno-hematology</t>
+  </si>
+  <si>
+    <t>Phospholipid test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Bicarbonate/carbon dioxide test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Hydroxyproline test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Automated cell-locating device</t>
+  </si>
+  <si>
+    <t>Multipurpose system for in vitro coagulation studies (control)</t>
+  </si>
+  <si>
+    <t>Platelet aggregometer</t>
+  </si>
+  <si>
+    <t>Factor XIII, A, S, immunological test system</t>
+  </si>
+  <si>
+    <t>Fibrinogen determination system</t>
+  </si>
+  <si>
+    <t>Factor V Leiden DNA mutation detection systems</t>
+  </si>
+  <si>
+    <t>Potassium test system (card)</t>
+  </si>
+  <si>
+    <t>Sodium test system (card)</t>
+  </si>
+  <si>
+    <t>Calibrator for Immunologycal</t>
+  </si>
+  <si>
+    <t>Urinary urobilinogen (nonquantitative) test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Chloride test system (card)</t>
+  </si>
+  <si>
+    <t>Alpha -2-glycoproteins immunological test system</t>
+  </si>
+  <si>
+    <t>Folic acid test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Testosterone test system (card)</t>
+  </si>
+  <si>
+    <t>Automated hemoglobin system (for reagent &amp; control)</t>
+  </si>
+  <si>
+    <t>Abnormal hemoglobin assay</t>
+  </si>
+  <si>
+    <t>Lipid (total) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Capillary blood collection tube</t>
+  </si>
+  <si>
+    <t>Immunoelectrophoresis equipment</t>
+  </si>
+  <si>
+    <t>Cyclic AMP test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Sodium test system</t>
+  </si>
+  <si>
+    <t>Potassium test system</t>
+  </si>
+  <si>
+    <t>B-type natriuretic peptide test system</t>
+  </si>
+  <si>
+    <t>Calcitonin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Antiparietal antibody immunological test system</t>
+  </si>
+  <si>
+    <t>Thyroid stimulating hormone test system</t>
+  </si>
+  <si>
+    <t>5'-Nucleotidase test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Soluble Mesothelin- Related Peptides Test System </t>
+  </si>
+  <si>
+    <t>Discrete photometric chemistry analyzer for clinical use</t>
+  </si>
+  <si>
+    <t>Aldosterone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Angiotensin I and renin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Prognostic test for assessment of liver related disease progression</t>
+  </si>
+  <si>
+    <t>Estriol test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Poliovirus serological reagents</t>
+  </si>
+  <si>
+    <t>High pressure liquid chromatography system for clinical use</t>
+  </si>
+  <si>
+    <t>Phenylalanine test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>17-Hydroxyprogesterone test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Biotinidase test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Calcitonin test system (card)</t>
+  </si>
+  <si>
+    <t>Immunofluorometer equipment. (Electrically Operated)</t>
+  </si>
+  <si>
+    <t>Zinc transporter 8 autoantibody immunological test system</t>
+  </si>
+  <si>
+    <t>Cystine test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Lithium test system</t>
+  </si>
+  <si>
+    <t>Angiotensin converting enzyme (A.C.E.) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Vitamin D test system (card)</t>
+  </si>
+  <si>
+    <t>B-type natriuretic peptide test system (card)</t>
+  </si>
+  <si>
+    <t>Progesterone test system (card)</t>
+  </si>
+  <si>
+    <t>Prolactin (lactogen) test system (card)</t>
+  </si>
+  <si>
+    <t>Anti-Mullerian Hormone Test System (card)</t>
+  </si>
+  <si>
+    <t>Calibrator for platelet counting</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Her2/Neu Gene Nucleic Acid Amplification for Breast Cancer using Chromogenic In Situ Hybridisation </t>
+  </si>
+  <si>
+    <t>(DIHAPUS) Tissue processing equipment (Parts and accessories including printed circuit assemblies for product of heading 90.27, other than for gas or smoke analysis apparatus and microtomes)</t>
+  </si>
+  <si>
+    <t>Automated fluorescence in situ hybridization (FISH) enumeration systems. (Electrically Operated)</t>
+  </si>
+  <si>
+    <t>Cholesterol (total) test system (card)</t>
+  </si>
+  <si>
+    <t>Mass spectrometer for clinical use</t>
+  </si>
+  <si>
+    <t>Capillary blood collection tube (for glass)</t>
+  </si>
+  <si>
+    <t>Methadone test system(card)</t>
+  </si>
+  <si>
+    <t>Staphylococcus aureus serological reagents</t>
+  </si>
+  <si>
+    <t>Hydroxyproline test system (card)</t>
+  </si>
+  <si>
+    <t>Digitoxin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Digoxin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Alpha -1-antitrypsin immunological test system</t>
+  </si>
+  <si>
+    <t>Cyclosporine test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Hydroxyproline test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Calibrator (card)</t>
+  </si>
+  <si>
+    <t>Adrenocorticotropic hormone (ACTH) test system (card)</t>
+  </si>
+  <si>
+    <t>Cervical intraepithelial neoplasia (CIN) test system</t>
+  </si>
+  <si>
+    <t>Calibrator (strip)</t>
+  </si>
+  <si>
+    <t>Acetaminophen test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Automated fluorescence in situ hybridization (FISH) enumeration systems</t>
+  </si>
+  <si>
+    <t>Salicylate test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Vancomycin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Acid phosphatase (total or prostatic) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Haptoglobin immunological test system</t>
+  </si>
+  <si>
+    <t>Ceruloplasmin immunological test system</t>
+  </si>
+  <si>
+    <t>Theophylline test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Acetaminophen test system (card)</t>
+  </si>
+  <si>
+    <t>Lactate dehydrogenase test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Nucleic acid based reagents for detection of non-variola orthopoxviruses</t>
+  </si>
+  <si>
+    <t>B-type natriuretic peptide test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Sirolimus test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Diphenylhydantoin test system(card)</t>
+  </si>
+  <si>
+    <t>Gentamicin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Alkaline phosphatase or isoenzymes test system (card)</t>
+  </si>
+  <si>
+    <t>Assayed quality control material for clinical microbiology assays</t>
+  </si>
+  <si>
+    <t>Chloride test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Calcium test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Prognostic test for development or progression of preeclampsia</t>
+  </si>
+  <si>
+    <t>Triiodothyronine uptake test system (card)</t>
+  </si>
+  <si>
+    <t>Cell-freezing apparatus and reagents for in vitro diagnostic use</t>
   </si>
   <si>
     <t>Device for sealing microsections. (Electrically Operated)</t>
   </si>
   <si>
-    <t>Radiological computer aided triage and notification software</t>
-[...425 lines deleted...]
-    <t>Assisted reproduction needles</t>
+    <t>Blood volume measuring device</t>
+  </si>
+  <si>
+    <t>Calibrator for cell indices</t>
+  </si>
+  <si>
+    <t>Calcium test system (card)</t>
+  </si>
+  <si>
+    <t>Human growth hormone test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Urinary pH (nonquantitative) test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Creatinine test system(card)</t>
+  </si>
+  <si>
+    <t>Osmometer for clinical use</t>
+  </si>
+  <si>
+    <t>Lactic acid test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Lactic acid test system</t>
+  </si>
+  <si>
+    <t>West Nile virus serological reagents</t>
+  </si>
+  <si>
+    <t>Reovirus serological reagents</t>
+  </si>
+  <si>
+    <t>Nucleic acid-based hepatitis C virus ribonucleic acid tests</t>
+  </si>
+  <si>
+    <t>Creatine test system(card)</t>
+  </si>
+  <si>
+    <t>Hemoglobin immunological test system</t>
+  </si>
+  <si>
+    <t>Urinary protein or albumin (nonquantitative) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Triiodothyronine uptake test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Anti-Mullerian Hormone Test System (strip)</t>
+  </si>
+  <si>
+    <t>Clinical Sample Concentrator</t>
+  </si>
+  <si>
+    <t>High throughput genomic sequence analyzer for clinical use</t>
+  </si>
+  <si>
+    <t>Magnesium test system (card)</t>
+  </si>
+  <si>
+    <t>Total protein test system (card)</t>
+  </si>
+  <si>
+    <t>Gamma-glutamyl transpeptidase and isoenzymes test system (card)</t>
+  </si>
+  <si>
+    <t>Aspartate amino transferase (AST/SGOT) test system (card)</t>
+  </si>
+  <si>
+    <t>Uric acid test system (card)</t>
+  </si>
+  <si>
+    <t>Urea nitrogen test system (card)</t>
+  </si>
+  <si>
+    <t>Triglyceride test system (card)</t>
+  </si>
+  <si>
+    <t>Lactate dehydrogenase test system (card)</t>
+  </si>
+  <si>
+    <t>Lithium test system(card)</t>
+  </si>
+  <si>
+    <t>Iron (non-heme) test system (card)</t>
+  </si>
+  <si>
+    <t>Phosphorus (inorganic) test system (card)</t>
+  </si>
+  <si>
+    <t>Salicylate test system(card)</t>
+  </si>
+  <si>
+    <t>Theophylline test system(card)</t>
+  </si>
+  <si>
+    <t>Ammonia test system (card)</t>
+  </si>
+  <si>
+    <t>Amylase test system (card)</t>
+  </si>
+  <si>
+    <t>Neuroleptic drugs radioreceptor assay test system(card)</t>
+  </si>
+  <si>
+    <t>Lipase test system (card)</t>
+  </si>
+  <si>
+    <t>Cholinesterase test system(card)</t>
+  </si>
+  <si>
+    <t>Bicarbonate/carbon dioxide test system (card)</t>
+  </si>
+  <si>
+    <t>Thin-layer chromatography system for clinical use</t>
+  </si>
+  <si>
+    <t>Formiminoglutamic acid (FIGLU) test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Compound S (11-deoxycortisol) test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Opiate test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Thyroxine-binding globulin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Device to detect nucleic acids from non-viral microorganism(s) causing sexually transmitted infections and associated resistance marker(s)</t>
+  </si>
+  <si>
+    <t>Mutation detection test for myeloproliferative neoplasms</t>
+  </si>
+  <si>
+    <t>Galactose test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Newborn screening test system for amino acids, free carnitine, and acylcarnitines using tandem mass spectrometry (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Hemoglobin A[bdi2] assay</t>
+  </si>
+  <si>
+    <t>Carbon monoxide test system(card)</t>
+  </si>
+  <si>
+    <t>Aquaporin-4 autoantibody immunological test system</t>
+  </si>
+  <si>
+    <t>Antismooth muscle antibody immunological test system</t>
+  </si>
+  <si>
+    <t>Globulin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Erythrocyte sedimentation rate test (other, manually operated)</t>
   </si>
   <si>
     <t>Assisted reproduction microtools</t>
   </si>
   <si>
-    <t>Isolated kidney perfusion and transport system and accessories</t>
-[...1940 lines deleted...]
-    <t>Nucleic acid-based hepatitis B virus tests</t>
+    <t>Estradiol test system (card)</t>
+  </si>
+  <si>
+    <t>Ammonia test system</t>
+  </si>
+  <si>
+    <t>Albumin test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Aspartate amino transferase (AST/SGOT) test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Alanine amino transferase (ALT/SGPT) test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Amylase test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Gamma-glutamyl transpeptidase and isoenzymes test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Magnesium test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Total protein test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Seminal fluid (sperm) immunological test system</t>
+  </si>
+  <si>
+    <t>Testosterone test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Urinary calculi (stones) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Glucagon test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Enterovirus nucleic acid assay</t>
+  </si>
+  <si>
+    <t>Atomic absorption spectrophotometer for clinical use</t>
+  </si>
+  <si>
+    <t>Androstenedione test system (card)</t>
+  </si>
+  <si>
+    <t>Immunonephelometer equipment. (Electrically Operated)</t>
+  </si>
+  <si>
+    <t>Low-density lipoprotein immunological test system</t>
+  </si>
+  <si>
+    <t>Gastrin test system (card)</t>
+  </si>
+  <si>
+    <t>Parathyroid hormone test system (card)</t>
+  </si>
+  <si>
+    <t>Fatty acids test system (card)</t>
+  </si>
+  <si>
+    <t>Cryptococcus neoformans serological reagents</t>
+  </si>
+  <si>
+    <t>Neutrophil gelatinase associated lipocalin</t>
+  </si>
+  <si>
+    <t>Trypsin test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Bilirubin (total and unbound) in the neonate test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Clinical toxicology calibrator (card)</t>
+  </si>
+  <si>
+    <t>Calculator/data processing module for clinical use</t>
+  </si>
+  <si>
+    <t>Immunomagnetic circulating cancer cell selection and enumeration system</t>
+  </si>
+  <si>
+    <t>Whole human plasma or serum immunological test system</t>
+  </si>
+  <si>
+    <t>Multiple parameter immunological test system</t>
+  </si>
+  <si>
+    <t>Sirolimus test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Cortisol (hydrocortisone and hydroxycorticosterone) test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Quantitative viral nucleic acid test for transplant patient management</t>
+  </si>
+  <si>
+    <t>Adenosine triphosphate release assay</t>
+  </si>
+  <si>
+    <t>Methaqualone test system(card)</t>
+  </si>
+  <si>
+    <t>Propoxyphene test system(card)</t>
+  </si>
+  <si>
+    <t>Codeine test system(card)</t>
+  </si>
+  <si>
+    <t>Meprobamate test system</t>
+  </si>
+  <si>
+    <t>Lysergic acid diethylamide (LSD) test system(card)</t>
+  </si>
+  <si>
+    <t>Lactic acid test system (card)</t>
+  </si>
+  <si>
+    <t>Protein (fractionation) test system (card)</t>
+  </si>
+  <si>
+    <t>Electroencephalograph test signal generator</t>
+  </si>
+  <si>
+    <t>Breath nitric oxide test system(card)</t>
+  </si>
+  <si>
+    <t>Total thyroxine test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Human lucocyte antigen test system</t>
+  </si>
+  <si>
+    <t>Leukocyte peroxidase test</t>
+  </si>
+  <si>
+    <t>Human leucocyte antibody</t>
+  </si>
+  <si>
+    <t>Lymphocyte separation medium</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRAF gene mutation test system </t>
+  </si>
+  <si>
+    <t>Reagents for molecular diagnostic instrument test systems</t>
+  </si>
+  <si>
+    <t>Colorectal Neoplasia, Dna Methylation and Hemoglobin Detection test system</t>
+  </si>
+  <si>
+    <t>Urinary pH (nonquantitative) test system (card)</t>
+  </si>
+  <si>
+    <t>Trichomonas vaginalis nucleic acid assay</t>
+  </si>
+  <si>
+    <t>Thyroid stimulating hormone test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Vibrio cholerae serological reagents</t>
+  </si>
+  <si>
+    <t>Ketones (nonquantitative) test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Total Antioxidant test system</t>
+  </si>
+  <si>
+    <t>Multiparameter serological test system</t>
+  </si>
+  <si>
+    <t>Whole exome sequencing constituent device</t>
+  </si>
+  <si>
+    <t>Oxalate test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Malic dehydrogenase test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Drug metabolizing enzyme genotyping system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Cord blood processing system and storage container</t>
+  </si>
+  <si>
+    <t>Nitric oxide analyzer</t>
+  </si>
+  <si>
+    <t>Fatty acids test system (kit &amp; cair)</t>
+  </si>
+  <si>
+    <t>Synthetic cell and tissue culture media and components</t>
+  </si>
+  <si>
+    <t>Carbon monoxide test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Immunoelectrophoresis equipment. (Electrically Operated)</t>
+  </si>
+  <si>
+    <t>Entamoeba histolytica serological reagents</t>
+  </si>
+  <si>
+    <t>Norovirus serological reagents</t>
+  </si>
+  <si>
+    <t>Follicle-stimulating hormone test system (strip &amp; midstream)</t>
+  </si>
+  <si>
+    <t>Acute Kidney Injury (AKI) Test System</t>
   </si>
   <si>
     <t>Hydroxybutyric dehydrogenase test system (kit &amp; cair)</t>
-  </si>
-[...385 lines deleted...]
-    <t>Acute Kidney Injury (AKI) Test System</t>
   </si>
   <si>
     <t>Gastric acidity test system (card)</t>
   </si>
   <si>
     <t>Lipoprotein test system (card)</t>
   </si>
   <si>
     <t>Rabiesvirus immunofluorescent reagents</t>
   </si>
   <si>
     <t>Electrophoretic hemoglobin analysis system</t>
   </si>
   <si>
     <t>Electrophoresis apparatus for clinical use</t>
   </si>
   <si>
     <t>Bence-Jones proteins immunological test system</t>
   </si>
   <si>
     <t>Protein (fractionation) test system (kit &amp; cair)</t>
   </si>
   <si>
     <t>Assayed quality control material for clinical microbiology assays</t>
   </si>
@@ -5363,51 +5387,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B547"/>
+  <dimension ref="A1:B560"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="272.362" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
@@ -5676,83 +5700,83 @@
       <c r="B35" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>43</v>
       </c>
@@ -5892,171 +5916,171 @@
       <c r="B62" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>79</v>
       </c>
@@ -6092,67 +6116,67 @@
       <c r="B87" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>90</v>
       </c>
@@ -6164,67 +6188,67 @@
       <c r="B96" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>98</v>
       </c>
@@ -6540,51 +6564,51 @@
       <c r="B143" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="144" spans="1:2">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="145" spans="1:2">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="146" spans="1:2">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
     </row>
     <row r="147" spans="1:2">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:2">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="149" spans="1:2">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>142</v>
       </c>
@@ -6604,131 +6628,131 @@
       <c r="B151" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="153" spans="1:2">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>151</v>
+        <v>75</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="161" spans="1:2">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="162" spans="1:2">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="163" spans="1:2">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="164" spans="1:2">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>59</v>
+        <v>155</v>
       </c>
     </row>
     <row r="165" spans="1:2">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="166" spans="1:2">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
         <v>158</v>
       </c>
@@ -6812,107 +6836,107 @@
       <c r="B177" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="178" spans="1:2">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>114</v>
+        <v>171</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>173</v>
+        <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:2">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>40</v>
+        <v>174</v>
       </c>
     </row>
     <row r="185" spans="1:2">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="186" spans="1:2">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="187" spans="1:2">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>176</v>
+        <v>45</v>
       </c>
     </row>
     <row r="188" spans="1:2">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
         <v>179</v>
       </c>
@@ -6972,107 +6996,107 @@
       <c r="B197" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="198" spans="1:2">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="199" spans="1:2">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="200" spans="1:2">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>162</v>
+        <v>189</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>191</v>
+        <v>164</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>54</v>
+        <v>192</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="206" spans="1:2">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="207" spans="1:2">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>194</v>
+        <v>58</v>
       </c>
     </row>
     <row r="208" spans="1:2">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="209" spans="1:2">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="210" spans="1:2">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
         <v>197</v>
       </c>
@@ -7228,67 +7252,67 @@
       <c r="B229" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>198</v>
+        <v>219</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
         <v>223</v>
       </c>
@@ -7332,67 +7356,67 @@
       <c r="B242" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="243" spans="1:2">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="244" spans="1:2">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="245" spans="1:2">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>231</v>
+        <v>64</v>
       </c>
     </row>
     <row r="246" spans="1:2">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
     </row>
     <row r="247" spans="1:2">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
     </row>
     <row r="248" spans="1:2">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="249" spans="1:2">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="250" spans="1:2">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
         <v>235</v>
       </c>
@@ -7420,171 +7444,171 @@
       <c r="B253" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="254" spans="1:2">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="255" spans="1:2">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="256" spans="1:2">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="263" spans="1:2">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="264" spans="1:2">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="265" spans="1:2">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="266" spans="1:2">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
     </row>
     <row r="267" spans="1:2">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:2">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="269" spans="1:2">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="270" spans="1:2">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="271" spans="1:2">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>129</v>
+        <v>253</v>
       </c>
     </row>
     <row r="272" spans="1:2">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="273" spans="1:2">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="274" spans="1:2">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
         <v>256</v>
       </c>
@@ -7596,163 +7620,163 @@
       <c r="B275" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="276" spans="1:2">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="277" spans="1:2">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="278" spans="1:2">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>112</v>
+        <v>260</v>
       </c>
     </row>
     <row r="279" spans="1:2">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="280" spans="1:2">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="281" spans="1:2">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="282" spans="1:2">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>34</v>
+        <v>264</v>
       </c>
     </row>
     <row r="283" spans="1:2">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="284" spans="1:2">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>264</v>
+        <v>118</v>
       </c>
     </row>
     <row r="285" spans="1:2">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="286" spans="1:2">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>59</v>
+        <v>267</v>
       </c>
     </row>
     <row r="287" spans="1:2">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="288" spans="1:2">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>267</v>
+        <v>39</v>
       </c>
     </row>
     <row r="289" spans="1:2">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="290" spans="1:2">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>271</v>
+        <v>64</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
         <v>274</v>
       </c>
@@ -8140,467 +8164,467 @@
       <c r="B343" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="344" spans="1:2">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="345" spans="1:2">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="346" spans="1:2">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>198</v>
+        <v>325</v>
       </c>
     </row>
     <row r="347" spans="1:2">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="348" spans="1:2">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="349" spans="1:2">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="350" spans="1:2">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="351" spans="1:2">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>329</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:2">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>226</v>
+        <v>330</v>
       </c>
     </row>
     <row r="353" spans="1:2">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="354" spans="1:2">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>116</v>
+        <v>332</v>
       </c>
     </row>
     <row r="355" spans="1:2">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
     </row>
     <row r="356" spans="1:2">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="357" spans="1:2">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="358" spans="1:2">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>334</v>
+        <v>122</v>
       </c>
     </row>
     <row r="359" spans="1:2">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="360" spans="1:2">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="361" spans="1:2">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="362" spans="1:2">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="363" spans="1:2">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="364" spans="1:2">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="365" spans="1:2">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="366" spans="1:2">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="367" spans="1:2">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
     </row>
     <row r="368" spans="1:2">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="369" spans="1:2">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
     </row>
     <row r="370" spans="1:2">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="371" spans="1:2">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
     </row>
     <row r="372" spans="1:2">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="373" spans="1:2">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="374" spans="1:2">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:2">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="376" spans="1:2">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="377" spans="1:2">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="378" spans="1:2">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="379" spans="1:2">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="380" spans="1:2">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="381" spans="1:2">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="382" spans="1:2">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="383" spans="1:2">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="384" spans="1:2">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="388" spans="1:2">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="389" spans="1:2">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="391" spans="1:2">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="392" spans="1:2">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="393" spans="1:2">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="394" spans="1:2">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="395" spans="1:2">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="396" spans="1:2">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="397" spans="1:2">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="398" spans="1:2">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>373</v>
+        <v>233</v>
       </c>
     </row>
     <row r="399" spans="1:2">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="400" spans="1:2">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="401" spans="1:2">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
         <v>376</v>
       </c>
@@ -8780,275 +8804,275 @@
       <c r="B423" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="424" spans="1:2">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="425" spans="1:2">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="426" spans="1:2">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>54</v>
+        <v>401</v>
       </c>
     </row>
     <row r="427" spans="1:2">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="428" spans="1:2">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="429" spans="1:2">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="430" spans="1:2">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="431" spans="1:2">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="432" spans="1:2">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="433" spans="1:2">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>407</v>
+        <v>58</v>
       </c>
     </row>
     <row r="434" spans="1:2">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="435" spans="1:2">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="436" spans="1:2">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
     </row>
     <row r="437" spans="1:2">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="438" spans="1:2">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="439" spans="1:2">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="440" spans="1:2">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="441" spans="1:2">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>387</v>
+        <v>415</v>
       </c>
     </row>
     <row r="442" spans="1:2">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
     </row>
     <row r="443" spans="1:2">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="444" spans="1:2">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="445" spans="1:2">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="446" spans="1:2">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="447" spans="1:2">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>363</v>
+        <v>420</v>
       </c>
     </row>
     <row r="448" spans="1:2">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>419</v>
+        <v>395</v>
       </c>
     </row>
     <row r="449" spans="1:2">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="450" spans="1:2">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="451" spans="1:2">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="452" spans="1:2">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="453" spans="1:2">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="454" spans="1:2">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
-        <v>425</v>
+        <v>17</v>
       </c>
     </row>
     <row r="455" spans="1:2">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="456" spans="1:2">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="457" spans="1:2">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
         <v>428</v>
       </c>
@@ -9068,99 +9092,99 @@
       <c r="B459" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="460" spans="1:2">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="461" spans="1:2">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="462" spans="1:2">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
-        <v>152</v>
+        <v>433</v>
       </c>
     </row>
     <row r="463" spans="1:2">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="464" spans="1:2">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="465" spans="1:2">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="466" spans="1:2">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="467" spans="1:2">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="468" spans="1:2">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
-        <v>438</v>
+        <v>152</v>
       </c>
     </row>
     <row r="469" spans="1:2">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="470" spans="1:2">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="471" spans="1:2">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
         <v>441</v>
       </c>
@@ -9212,299 +9236,299 @@
       <c r="B477" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="478" spans="1:2">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="479" spans="1:2">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="480" spans="1:2">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>302</v>
+        <v>450</v>
       </c>
     </row>
     <row r="481" spans="1:2">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="482" spans="1:2">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="483" spans="1:2">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="484" spans="1:2">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="485" spans="1:2">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="486" spans="1:2">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="487" spans="1:2">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="488" spans="1:2">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="489" spans="1:2">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="490" spans="1:2">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>416</v>
+        <v>460</v>
       </c>
     </row>
     <row r="491" spans="1:2">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>459</v>
+        <v>306</v>
       </c>
     </row>
     <row r="492" spans="1:2">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>402</v>
+        <v>461</v>
       </c>
     </row>
     <row r="493" spans="1:2">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="494" spans="1:2">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="495" spans="1:2">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
     <row r="496" spans="1:2">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="497" spans="1:2">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>54</v>
+        <v>466</v>
       </c>
     </row>
     <row r="498" spans="1:2">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
     </row>
     <row r="499" spans="1:2">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
     </row>
     <row r="500" spans="1:2">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
     </row>
     <row r="501" spans="1:2">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
     </row>
     <row r="502" spans="1:2">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
-        <v>467</v>
+        <v>423</v>
       </c>
     </row>
     <row r="503" spans="1:2">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="504" spans="1:2">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>469</v>
+        <v>409</v>
       </c>
     </row>
     <row r="505" spans="1:2">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="506" spans="1:2">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="507" spans="1:2">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="508" spans="1:2">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="509" spans="1:2">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
     </row>
     <row r="510" spans="1:2">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
     <row r="511" spans="1:2">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>476</v>
+        <v>58</v>
       </c>
     </row>
     <row r="512" spans="1:2">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="513" spans="1:2">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="514" spans="1:2">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
         <v>479</v>
       </c>
@@ -9588,18821 +9612,19093 @@
       <c r="B524" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="525" spans="1:2">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="526" spans="1:2">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="527" spans="1:2">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
-        <v>338</v>
+        <v>492</v>
       </c>
     </row>
     <row r="528" spans="1:2">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="529" spans="1:2">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>463</v>
+        <v>494</v>
       </c>
     </row>
     <row r="530" spans="1:2">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
     </row>
     <row r="531" spans="1:2">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="532" spans="1:2">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="533" spans="1:2">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="534" spans="1:2">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="535" spans="1:2">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
     </row>
     <row r="536" spans="1:2">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="537" spans="1:2">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="538" spans="1:2">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>365</v>
+        <v>503</v>
       </c>
     </row>
     <row r="539" spans="1:2">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
     </row>
     <row r="540" spans="1:2">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
     </row>
     <row r="541" spans="1:2">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
     </row>
     <row r="542" spans="1:2">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
-        <v>504</v>
+        <v>346</v>
       </c>
     </row>
     <row r="543" spans="1:2">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="544" spans="1:2">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
-        <v>506</v>
+        <v>477</v>
       </c>
     </row>
     <row r="545" spans="1:2">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="546" spans="1:2">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="547" spans="1:2">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
-        <v>509</v>
+        <v>510</v>
+      </c>
+    </row>
+    <row r="548" spans="1:2">
+      <c r="A548">
+        <v>547</v>
+      </c>
+      <c r="B548" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="549" spans="1:2">
+      <c r="A549">
+        <v>548</v>
+      </c>
+      <c r="B549" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="550" spans="1:2">
+      <c r="A550">
+        <v>549</v>
+      </c>
+      <c r="B550" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="551" spans="1:2">
+      <c r="A551">
+        <v>550</v>
+      </c>
+      <c r="B551" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="552" spans="1:2">
+      <c r="A552">
+        <v>551</v>
+      </c>
+      <c r="B552" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="553" spans="1:2">
+      <c r="A553">
+        <v>552</v>
+      </c>
+      <c r="B553" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="554" spans="1:2">
+      <c r="A554">
+        <v>553</v>
+      </c>
+      <c r="B554" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="555" spans="1:2">
+      <c r="A555">
+        <v>554</v>
+      </c>
+      <c r="B555" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="556" spans="1:2">
+      <c r="A556">
+        <v>555</v>
+      </c>
+      <c r="B556" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="557" spans="1:2">
+      <c r="A557">
+        <v>556</v>
+      </c>
+      <c r="B557" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="558" spans="1:2">
+      <c r="A558">
+        <v>557</v>
+      </c>
+      <c r="B558" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="559" spans="1:2">
+      <c r="A559">
+        <v>558</v>
+      </c>
+      <c r="B559" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="560" spans="1:2">
+      <c r="A560">
+        <v>559</v>
+      </c>
+      <c r="B560" t="s">
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B1794"/>
+  <dimension ref="A1:B1801"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="272.362" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>511</v>
+        <v>524</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>515</v>
+        <v>528</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>516</v>
+        <v>529</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>517</v>
+        <v>530</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>518</v>
+        <v>531</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>519</v>
+        <v>532</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>25</v>
+        <v>388</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>382</v>
+        <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>5</v>
+        <v>147</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>140</v>
+        <v>456</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>448</v>
+        <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>157</v>
+        <v>106</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>138</v>
+        <v>266</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>520</v>
+        <v>457</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>521</v>
+        <v>533</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>260</v>
+        <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>152</v>
+        <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>493</v>
+        <v>32</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>522</v>
+        <v>27</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>110</v>
+        <v>347</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>3</v>
+        <v>173</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>20</v>
+        <v>245</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>339</v>
+        <v>312</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>150</v>
+        <v>534</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>30</v>
+        <v>535</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>237</v>
+        <v>86</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>523</v>
+        <v>126</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>83</v>
+        <v>146</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>120</v>
+        <v>237</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>230</v>
+        <v>536</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>136</v>
+        <v>537</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>524</v>
+        <v>326</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>525</v>
+        <v>538</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>321</v>
+        <v>42</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>526</v>
+        <v>172</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>170</v>
+        <v>539</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>42</v>
+        <v>540</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>527</v>
+        <v>541</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>529</v>
+        <v>145</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>182</v>
+        <v>119</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>113</v>
+        <v>543</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>530</v>
+        <v>413</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>406</v>
+        <v>236</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>229</v>
+        <v>544</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>533</v>
+        <v>222</v>
       </c>
     </row>
     <row r="85" spans="1:2">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>219</v>
+        <v>547</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>237</v>
+        <v>15</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>534</v>
+        <v>497</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>15</v>
+        <v>548</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>535</v>
+        <v>549</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>536</v>
+        <v>550</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>537</v>
+        <v>551</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>538</v>
+        <v>374</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>539</v>
+        <v>90</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>368</v>
+        <v>552</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>87</v>
+        <v>433</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>540</v>
+        <v>432</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>427</v>
+        <v>341</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>426</v>
+        <v>553</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>336</v>
+        <v>223</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>541</v>
+        <v>253</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>220</v>
+        <v>181</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>246</v>
+        <v>554</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>542</v>
+        <v>555</v>
       </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>86</v>
+        <v>556</v>
       </c>
     </row>
     <row r="106" spans="1:2">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>207</v>
+        <v>424</v>
       </c>
     </row>
     <row r="107" spans="1:2">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>543</v>
+        <v>348</v>
       </c>
     </row>
     <row r="108" spans="1:2">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>544</v>
+        <v>127</v>
       </c>
     </row>
     <row r="109" spans="1:2">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>417</v>
+        <v>41</v>
       </c>
     </row>
     <row r="110" spans="1:2">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>341</v>
+        <v>557</v>
       </c>
     </row>
     <row r="111" spans="1:2">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
     </row>
     <row r="112" spans="1:2">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>36</v>
+        <v>293</v>
       </c>
     </row>
     <row r="113" spans="1:2">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
     </row>
     <row r="114" spans="1:2">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>287</v>
+        <v>559</v>
       </c>
     </row>
     <row r="115" spans="1:2">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>546</v>
+        <v>344</v>
       </c>
     </row>
     <row r="116" spans="1:2">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>547</v>
+        <v>560</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>337</v>
+        <v>561</v>
       </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>548</v>
+        <v>35</v>
       </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>549</v>
+        <v>562</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>550</v>
+        <v>563</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
     </row>
     <row r="122" spans="1:2">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>551</v>
+        <v>564</v>
       </c>
     </row>
     <row r="123" spans="1:2">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>70</v>
+        <v>565</v>
       </c>
     </row>
     <row r="124" spans="1:2">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>552</v>
+        <v>566</v>
       </c>
     </row>
     <row r="125" spans="1:2">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>553</v>
+        <v>567</v>
       </c>
     </row>
     <row r="126" spans="1:2">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
     </row>
     <row r="127" spans="1:2">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
     </row>
     <row r="128" spans="1:2">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>556</v>
+        <v>569</v>
       </c>
     </row>
     <row r="129" spans="1:2">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>550</v>
+        <v>505</v>
       </c>
     </row>
     <row r="130" spans="1:2">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>557</v>
+        <v>298</v>
       </c>
     </row>
     <row r="131" spans="1:2">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>558</v>
+        <v>570</v>
       </c>
     </row>
     <row r="132" spans="1:2">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>292</v>
+        <v>571</v>
       </c>
     </row>
     <row r="133" spans="1:2">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
     </row>
     <row r="134" spans="1:2">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>398</v>
+        <v>188</v>
       </c>
     </row>
     <row r="135" spans="1:2">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>560</v>
+        <v>9</v>
       </c>
     </row>
     <row r="136" spans="1:2">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>561</v>
+        <v>212</v>
       </c>
     </row>
     <row r="137" spans="1:2">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>554</v>
+        <v>148</v>
       </c>
     </row>
     <row r="138" spans="1:2">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>185</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:2">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>9</v>
+        <v>572</v>
       </c>
     </row>
     <row r="140" spans="1:2">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>210</v>
+        <v>381</v>
       </c>
     </row>
     <row r="141" spans="1:2">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>142</v>
+        <v>573</v>
       </c>
     </row>
     <row r="142" spans="1:2">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>6</v>
+        <v>405</v>
       </c>
     </row>
     <row r="143" spans="1:2">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
     </row>
     <row r="144" spans="1:2">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>375</v>
+        <v>575</v>
       </c>
     </row>
     <row r="145" spans="1:2">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
     </row>
     <row r="146" spans="1:2">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>564</v>
+        <v>577</v>
       </c>
     </row>
     <row r="147" spans="1:2">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>565</v>
+        <v>254</v>
       </c>
     </row>
     <row r="148" spans="1:2">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>566</v>
+        <v>161</v>
       </c>
     </row>
     <row r="149" spans="1:2">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>247</v>
+        <v>78</v>
       </c>
     </row>
     <row r="150" spans="1:2">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>160</v>
+        <v>265</v>
       </c>
     </row>
     <row r="151" spans="1:2">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>73</v>
+        <v>152</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>259</v>
+        <v>164</v>
       </c>
     </row>
     <row r="153" spans="1:2">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>152</v>
+        <v>578</v>
       </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>162</v>
+        <v>579</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>567</v>
+        <v>157</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>568</v>
+        <v>185</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>156</v>
+        <v>580</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>569</v>
+        <v>581</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>570</v>
+        <v>205</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
     </row>
     <row r="161" spans="1:2">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>204</v>
+        <v>583</v>
       </c>
     </row>
     <row r="162" spans="1:2">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>572</v>
+        <v>584</v>
       </c>
     </row>
     <row r="163" spans="1:2">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>573</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:2">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>574</v>
+        <v>144</v>
       </c>
     </row>
     <row r="165" spans="1:2">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>187</v>
+        <v>343</v>
       </c>
     </row>
     <row r="166" spans="1:2">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>137</v>
+        <v>585</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>421</v>
+        <v>189</v>
       </c>
     </row>
     <row r="168" spans="1:2">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>575</v>
+        <v>118</v>
       </c>
     </row>
     <row r="169" spans="1:2">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>186</v>
+        <v>204</v>
       </c>
     </row>
     <row r="170" spans="1:2">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>112</v>
+        <v>586</v>
       </c>
     </row>
     <row r="171" spans="1:2">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>203</v>
+        <v>587</v>
       </c>
     </row>
     <row r="172" spans="1:2">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>576</v>
+        <v>134</v>
       </c>
     </row>
     <row r="173" spans="1:2">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>577</v>
+        <v>133</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>127</v>
+        <v>588</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>126</v>
+        <v>589</v>
       </c>
     </row>
     <row r="176" spans="1:2">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>578</v>
+        <v>590</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>579</v>
+        <v>591</v>
       </c>
     </row>
     <row r="178" spans="1:2">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>580</v>
+        <v>156</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>581</v>
+        <v>225</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>155</v>
+        <v>592</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>582</v>
+        <v>593</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>222</v>
+        <v>240</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>358</v>
+        <v>594</v>
       </c>
     </row>
     <row r="184" spans="1:2">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>583</v>
+        <v>595</v>
       </c>
     </row>
     <row r="185" spans="1:2">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>233</v>
+        <v>428</v>
       </c>
     </row>
     <row r="186" spans="1:2">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>584</v>
+        <v>348</v>
       </c>
     </row>
     <row r="187" spans="1:2">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
     </row>
     <row r="188" spans="1:2">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>98</v>
+        <v>597</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>422</v>
+        <v>512</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>586</v>
+        <v>549</v>
       </c>
     </row>
     <row r="191" spans="1:2">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>341</v>
+        <v>598</v>
       </c>
     </row>
     <row r="192" spans="1:2">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>70</v>
+        <v>592</v>
       </c>
     </row>
     <row r="193" spans="1:2">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
     </row>
     <row r="194" spans="1:2">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>588</v>
+        <v>13</v>
       </c>
     </row>
     <row r="195" spans="1:2">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>500</v>
+        <v>199</v>
       </c>
     </row>
     <row r="196" spans="1:2">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>537</v>
+        <v>257</v>
       </c>
     </row>
     <row r="197" spans="1:2">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
     </row>
     <row r="198" spans="1:2">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>582</v>
+        <v>600</v>
       </c>
     </row>
     <row r="199" spans="1:2">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>590</v>
+        <v>46</v>
       </c>
     </row>
     <row r="200" spans="1:2">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>196</v>
+        <v>601</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>250</v>
+        <v>602</v>
       </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>581</v>
+        <v>177</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>591</v>
+        <v>327</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
     </row>
     <row r="206" spans="1:2">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>41</v>
+        <v>73</v>
       </c>
     </row>
     <row r="207" spans="1:2">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
     </row>
     <row r="208" spans="1:2">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>593</v>
+        <v>604</v>
       </c>
     </row>
     <row r="209" spans="1:2">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>174</v>
+        <v>605</v>
       </c>
     </row>
     <row r="210" spans="1:2">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>322</v>
+        <v>606</v>
       </c>
     </row>
     <row r="211" spans="1:2">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>69</v>
+        <v>607</v>
       </c>
     </row>
     <row r="212" spans="1:2">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>68</v>
+        <v>608</v>
       </c>
     </row>
     <row r="213" spans="1:2">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>594</v>
+        <v>609</v>
       </c>
     </row>
     <row r="214" spans="1:2">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>595</v>
+        <v>195</v>
       </c>
     </row>
     <row r="215" spans="1:2">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
     </row>
     <row r="216" spans="1:2">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>597</v>
+        <v>389</v>
       </c>
     </row>
     <row r="217" spans="1:2">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>598</v>
+        <v>403</v>
       </c>
     </row>
     <row r="218" spans="1:2">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>599</v>
+        <v>611</v>
       </c>
     </row>
     <row r="219" spans="1:2">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>600</v>
+        <v>612</v>
       </c>
     </row>
     <row r="220" spans="1:2">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>192</v>
+        <v>136</v>
       </c>
     </row>
     <row r="221" spans="1:2">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>601</v>
+        <v>233</v>
       </c>
     </row>
     <row r="222" spans="1:2">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>383</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:2">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>396</v>
+        <v>613</v>
       </c>
     </row>
     <row r="224" spans="1:2">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>602</v>
+        <v>614</v>
       </c>
     </row>
     <row r="225" spans="1:2">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>603</v>
+        <v>615</v>
       </c>
     </row>
     <row r="226" spans="1:2">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>129</v>
+        <v>616</v>
       </c>
     </row>
     <row r="227" spans="1:2">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>226</v>
+        <v>264</v>
       </c>
     </row>
     <row r="228" spans="1:2">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>604</v>
+        <v>325</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>605</v>
+        <v>351</v>
       </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>607</v>
+        <v>450</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>258</v>
+        <v>451</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>345</v>
+        <v>618</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>608</v>
+        <v>88</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>609</v>
+        <v>442</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>610</v>
+        <v>140</v>
       </c>
     </row>
     <row r="238" spans="1:2">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
     </row>
     <row r="239" spans="1:2">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>85</v>
+        <v>316</v>
       </c>
     </row>
     <row r="240" spans="1:2">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>436</v>
+        <v>620</v>
       </c>
     </row>
     <row r="241" spans="1:2">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>133</v>
+        <v>163</v>
       </c>
     </row>
     <row r="242" spans="1:2">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
     </row>
     <row r="243" spans="1:2">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>312</v>
+        <v>622</v>
       </c>
     </row>
     <row r="244" spans="1:2">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>161</v>
+        <v>623</v>
       </c>
     </row>
     <row r="245" spans="1:2">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>613</v>
+        <v>624</v>
       </c>
     </row>
     <row r="246" spans="1:2">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>614</v>
+        <v>243</v>
       </c>
     </row>
     <row r="247" spans="1:2">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
     </row>
     <row r="248" spans="1:2">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>235</v>
+        <v>342</v>
       </c>
     </row>
     <row r="249" spans="1:2">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>616</v>
+        <v>31</v>
       </c>
     </row>
     <row r="250" spans="1:2">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>480</v>
+        <v>626</v>
       </c>
     </row>
     <row r="251" spans="1:2">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>24</v>
+        <v>627</v>
       </c>
     </row>
     <row r="252" spans="1:2">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>617</v>
+        <v>367</v>
       </c>
     </row>
     <row r="253" spans="1:2">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>618</v>
+        <v>300</v>
       </c>
     </row>
     <row r="254" spans="1:2">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>316</v>
+        <v>628</v>
       </c>
     </row>
     <row r="255" spans="1:2">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>361</v>
+        <v>629</v>
       </c>
     </row>
     <row r="256" spans="1:2">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>294</v>
+        <v>630</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>619</v>
+        <v>303</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>620</v>
+        <v>631</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>297</v>
+        <v>632</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>621</v>
+        <v>224</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>622</v>
+        <v>164</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>162</v>
+        <v>633</v>
       </c>
     </row>
     <row r="263" spans="1:2">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>221</v>
+        <v>634</v>
       </c>
     </row>
     <row r="264" spans="1:2">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>623</v>
+        <v>635</v>
       </c>
     </row>
     <row r="265" spans="1:2">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>624</v>
+        <v>256</v>
       </c>
     </row>
     <row r="266" spans="1:2">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>249</v>
+        <v>191</v>
       </c>
     </row>
     <row r="267" spans="1:2">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>188</v>
+        <v>636</v>
       </c>
     </row>
     <row r="268" spans="1:2">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>625</v>
+        <v>452</v>
       </c>
     </row>
     <row r="269" spans="1:2">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>444</v>
+        <v>637</v>
       </c>
     </row>
     <row r="270" spans="1:2">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>626</v>
+        <v>522</v>
       </c>
     </row>
     <row r="271" spans="1:2">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>509</v>
+        <v>385</v>
       </c>
     </row>
     <row r="272" spans="1:2">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
     </row>
     <row r="273" spans="1:2">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>379</v>
+        <v>638</v>
       </c>
     </row>
     <row r="274" spans="1:2">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>627</v>
+        <v>639</v>
       </c>
     </row>
     <row r="275" spans="1:2">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>628</v>
+        <v>449</v>
       </c>
     </row>
     <row r="276" spans="1:2">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>443</v>
+        <v>640</v>
       </c>
     </row>
     <row r="277" spans="1:2">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>629</v>
+        <v>192</v>
       </c>
     </row>
     <row r="278" spans="1:2">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>189</v>
+        <v>641</v>
       </c>
     </row>
     <row r="279" spans="1:2">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>630</v>
+        <v>84</v>
       </c>
     </row>
     <row r="280" spans="1:2">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>81</v>
+        <v>642</v>
       </c>
     </row>
     <row r="281" spans="1:2">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>631</v>
+        <v>643</v>
       </c>
     </row>
     <row r="282" spans="1:2">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>632</v>
+        <v>294</v>
       </c>
     </row>
     <row r="283" spans="1:2">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
     </row>
     <row r="284" spans="1:2">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>288</v>
+        <v>345</v>
       </c>
     </row>
     <row r="285" spans="1:2">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>634</v>
+        <v>19</v>
       </c>
     </row>
     <row r="286" spans="1:2">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>243</v>
+        <v>645</v>
       </c>
     </row>
     <row r="287" spans="1:2">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>33</v>
+        <v>646</v>
       </c>
     </row>
     <row r="288" spans="1:2">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
     </row>
     <row r="289" spans="1:2">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>636</v>
+        <v>417</v>
       </c>
     </row>
     <row r="290" spans="1:2">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>637</v>
+        <v>519</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>411</v>
+        <v>340</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>335</v>
+        <v>649</v>
       </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>639</v>
+        <v>650</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>640</v>
+        <v>651</v>
       </c>
     </row>
     <row r="296" spans="1:2">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>641</v>
+        <v>652</v>
       </c>
     </row>
     <row r="297" spans="1:2">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>642</v>
+        <v>653</v>
       </c>
     </row>
     <row r="298" spans="1:2">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="299" spans="1:2">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>543</v>
+        <v>555</v>
       </c>
     </row>
     <row r="300" spans="1:2">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>643</v>
+        <v>654</v>
       </c>
     </row>
     <row r="301" spans="1:2">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>89</v>
+        <v>206</v>
       </c>
     </row>
     <row r="302" spans="1:2">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>644</v>
+        <v>92</v>
       </c>
     </row>
     <row r="303" spans="1:2">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
     </row>
     <row r="304" spans="1:2">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
     </row>
     <row r="305" spans="1:2">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
     </row>
     <row r="306" spans="1:2">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>648</v>
+        <v>43</v>
       </c>
     </row>
     <row r="307" spans="1:2">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>173</v>
+        <v>658</v>
       </c>
     </row>
     <row r="308" spans="1:2">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>35</v>
+        <v>659</v>
       </c>
     </row>
     <row r="309" spans="1:2">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>112</v>
+        <v>660</v>
       </c>
     </row>
     <row r="310" spans="1:2">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>388</v>
+        <v>220</v>
       </c>
     </row>
     <row r="311" spans="1:2">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>135</v>
+        <v>40</v>
       </c>
     </row>
     <row r="312" spans="1:2">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>649</v>
+        <v>167</v>
       </c>
     </row>
     <row r="313" spans="1:2">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>195</v>
+        <v>118</v>
       </c>
     </row>
     <row r="314" spans="1:2">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>650</v>
+        <v>396</v>
       </c>
     </row>
     <row r="315" spans="1:2">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
     </row>
     <row r="316" spans="1:2">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
     </row>
     <row r="317" spans="1:2">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>652</v>
+        <v>198</v>
       </c>
     </row>
     <row r="318" spans="1:2">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>499</v>
+        <v>662</v>
       </c>
     </row>
     <row r="319" spans="1:2">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>653</v>
+        <v>155</v>
       </c>
     </row>
     <row r="320" spans="1:2">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>67</v>
+        <v>663</v>
       </c>
     </row>
     <row r="321" spans="1:2">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>246</v>
+        <v>459</v>
       </c>
     </row>
     <row r="322" spans="1:2">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
     </row>
     <row r="323" spans="1:2">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>655</v>
+        <v>253</v>
       </c>
     </row>
     <row r="324" spans="1:2">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>656</v>
+        <v>665</v>
       </c>
     </row>
     <row r="325" spans="1:2">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
     </row>
     <row r="326" spans="1:2">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>658</v>
+        <v>667</v>
       </c>
     </row>
     <row r="327" spans="1:2">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>659</v>
+        <v>668</v>
       </c>
     </row>
     <row r="328" spans="1:2">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>114</v>
+        <v>669</v>
       </c>
     </row>
     <row r="329" spans="1:2">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>363</v>
+        <v>670</v>
       </c>
     </row>
     <row r="330" spans="1:2">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="331" spans="1:2">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
     </row>
     <row r="332" spans="1:2">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>303</v>
+        <v>71</v>
       </c>
     </row>
     <row r="333" spans="1:2">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>660</v>
+        <v>69</v>
       </c>
     </row>
     <row r="334" spans="1:2">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>497</v>
+        <v>307</v>
       </c>
     </row>
     <row r="335" spans="1:2">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
     </row>
     <row r="336" spans="1:2">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>662</v>
+        <v>458</v>
       </c>
     </row>
     <row r="337" spans="1:2">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>663</v>
+        <v>672</v>
       </c>
     </row>
     <row r="338" spans="1:2">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>664</v>
+        <v>83</v>
       </c>
     </row>
     <row r="339" spans="1:2">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>168</v>
+        <v>673</v>
       </c>
     </row>
     <row r="340" spans="1:2">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="341" spans="1:2">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>115</v>
+        <v>674</v>
       </c>
     </row>
     <row r="342" spans="1:2">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>363</v>
+        <v>170</v>
       </c>
     </row>
     <row r="343" spans="1:2">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>665</v>
+        <v>369</v>
       </c>
     </row>
     <row r="344" spans="1:2">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>666</v>
+        <v>121</v>
       </c>
     </row>
     <row r="345" spans="1:2">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>667</v>
+        <v>17</v>
       </c>
     </row>
     <row r="346" spans="1:2">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>72</v>
+        <v>675</v>
       </c>
     </row>
     <row r="347" spans="1:2">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
     </row>
     <row r="348" spans="1:2">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
     </row>
     <row r="349" spans="1:2">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>159</v>
+        <v>77</v>
       </c>
     </row>
     <row r="350" spans="1:2">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
     </row>
     <row r="351" spans="1:2">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
     </row>
     <row r="352" spans="1:2">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>381</v>
+        <v>160</v>
       </c>
     </row>
     <row r="353" spans="1:2">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
     </row>
     <row r="354" spans="1:2">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>323</v>
+        <v>681</v>
       </c>
     </row>
     <row r="355" spans="1:2">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>165</v>
+        <v>387</v>
       </c>
     </row>
     <row r="356" spans="1:2">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>418</v>
+        <v>682</v>
       </c>
     </row>
     <row r="357" spans="1:2">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>673</v>
+        <v>328</v>
       </c>
     </row>
     <row r="358" spans="1:2">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>674</v>
+        <v>425</v>
       </c>
     </row>
     <row r="359" spans="1:2">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>367</v>
+        <v>683</v>
       </c>
     </row>
     <row r="360" spans="1:2">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>179</v>
+        <v>684</v>
       </c>
     </row>
     <row r="361" spans="1:2">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>295</v>
+        <v>373</v>
       </c>
     </row>
     <row r="362" spans="1:2">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>419</v>
+        <v>182</v>
       </c>
     </row>
     <row r="363" spans="1:2">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>675</v>
+        <v>301</v>
       </c>
     </row>
     <row r="364" spans="1:2">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>407</v>
+        <v>685</v>
       </c>
     </row>
     <row r="365" spans="1:2">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>676</v>
+        <v>370</v>
       </c>
     </row>
     <row r="366" spans="1:2">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
     </row>
     <row r="367" spans="1:2">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>226</v>
+        <v>687</v>
       </c>
     </row>
     <row r="368" spans="1:2">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>678</v>
+        <v>233</v>
       </c>
     </row>
     <row r="369" spans="1:2">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
     </row>
     <row r="370" spans="1:2">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
-        <v>680</v>
+        <v>689</v>
       </c>
     </row>
     <row r="371" spans="1:2">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>681</v>
+        <v>690</v>
       </c>
     </row>
     <row r="372" spans="1:2">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
     </row>
     <row r="373" spans="1:2">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="374" spans="1:2">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
-        <v>683</v>
+        <v>469</v>
       </c>
     </row>
     <row r="375" spans="1:2">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
-        <v>684</v>
+        <v>366</v>
       </c>
     </row>
     <row r="376" spans="1:2">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>360</v>
+        <v>692</v>
       </c>
     </row>
     <row r="377" spans="1:2">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>685</v>
+        <v>426</v>
       </c>
     </row>
     <row r="378" spans="1:2">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="379" spans="1:2">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="380" spans="1:2">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
     </row>
     <row r="381" spans="1:2">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>60</v>
+        <v>694</v>
       </c>
     </row>
     <row r="382" spans="1:2">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>687</v>
+        <v>66</v>
       </c>
     </row>
     <row r="383" spans="1:2">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>440</v>
+        <v>695</v>
       </c>
     </row>
     <row r="384" spans="1:2">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>318</v>
+        <v>455</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>688</v>
+        <v>321</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>205</v>
+        <v>696</v>
       </c>
     </row>
     <row r="388" spans="1:2">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
     </row>
     <row r="389" spans="1:2">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
     </row>
     <row r="391" spans="1:2">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
     </row>
     <row r="392" spans="1:2">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
     </row>
     <row r="393" spans="1:2">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
     </row>
     <row r="394" spans="1:2">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
     </row>
     <row r="395" spans="1:2">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
     </row>
     <row r="396" spans="1:2">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
     </row>
     <row r="397" spans="1:2">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
     </row>
     <row r="398" spans="1:2">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
     </row>
     <row r="399" spans="1:2">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>343</v>
+        <v>229</v>
       </c>
     </row>
     <row r="400" spans="1:2">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="401" spans="1:2">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="402" spans="1:2">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
     </row>
     <row r="403" spans="1:2">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
     </row>
     <row r="404" spans="1:2">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
     </row>
     <row r="405" spans="1:2">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
     </row>
     <row r="406" spans="1:2">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
     </row>
     <row r="407" spans="1:2">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
     </row>
     <row r="408" spans="1:2">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
     </row>
     <row r="409" spans="1:2">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
     </row>
     <row r="410" spans="1:2">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
     </row>
     <row r="411" spans="1:2">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>146</v>
+        <v>227</v>
       </c>
     </row>
     <row r="412" spans="1:2">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
     </row>
     <row r="413" spans="1:2">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>224</v>
+        <v>99</v>
       </c>
     </row>
     <row r="414" spans="1:2">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>261</v>
+        <v>231</v>
       </c>
     </row>
     <row r="415" spans="1:2">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>703</v>
+        <v>267</v>
       </c>
     </row>
     <row r="416" spans="1:2">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
     </row>
     <row r="417" spans="1:2">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
     </row>
     <row r="418" spans="1:2">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
     </row>
     <row r="419" spans="1:2">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
     <row r="420" spans="1:2">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>705</v>
+        <v>299</v>
       </c>
     </row>
     <row r="421" spans="1:2">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>458</v>
+        <v>289</v>
       </c>
     </row>
     <row r="422" spans="1:2">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>706</v>
+        <v>383</v>
       </c>
     </row>
     <row r="423" spans="1:2">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
     </row>
     <row r="424" spans="1:2">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>116</v>
+        <v>713</v>
       </c>
     </row>
     <row r="425" spans="1:2">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
-        <v>148</v>
+        <v>122</v>
       </c>
     </row>
     <row r="426" spans="1:2">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>457</v>
+        <v>176</v>
       </c>
     </row>
     <row r="427" spans="1:2">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
     </row>
     <row r="428" spans="1:2">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
     </row>
     <row r="429" spans="1:2">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
     </row>
     <row r="430" spans="1:2">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
     </row>
     <row r="431" spans="1:2">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
     </row>
     <row r="432" spans="1:2">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>164</v>
+        <v>82</v>
       </c>
     </row>
     <row r="433" spans="1:2">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>228</v>
+        <v>718</v>
       </c>
     </row>
     <row r="434" spans="1:2">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>712</v>
+        <v>436</v>
       </c>
     </row>
     <row r="435" spans="1:2">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
-        <v>713</v>
+        <v>235</v>
       </c>
     </row>
     <row r="436" spans="1:2">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
     </row>
     <row r="437" spans="1:2">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>433</v>
+        <v>720</v>
       </c>
     </row>
     <row r="438" spans="1:2">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>715</v>
+        <v>439</v>
       </c>
     </row>
     <row r="439" spans="1:2">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
     </row>
     <row r="440" spans="1:2">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
     </row>
     <row r="441" spans="1:2">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
     </row>
     <row r="442" spans="1:2">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
     </row>
     <row r="443" spans="1:2">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
     </row>
     <row r="444" spans="1:2">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="445" spans="1:2">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
     </row>
     <row r="446" spans="1:2">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
     </row>
     <row r="447" spans="1:2">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="448" spans="1:2">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
     </row>
     <row r="449" spans="1:2">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
     </row>
     <row r="450" spans="1:2">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
     </row>
     <row r="451" spans="1:2">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
     </row>
     <row r="452" spans="1:2">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
     </row>
     <row r="453" spans="1:2">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>394</v>
+        <v>733</v>
       </c>
     </row>
     <row r="454" spans="1:2">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
-        <v>728</v>
+        <v>401</v>
       </c>
     </row>
     <row r="455" spans="1:2">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
     </row>
     <row r="456" spans="1:2">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
     </row>
     <row r="457" spans="1:2">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
     </row>
     <row r="458" spans="1:2">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>324</v>
+        <v>72</v>
       </c>
     </row>
     <row r="459" spans="1:2">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
-        <v>389</v>
+        <v>329</v>
       </c>
     </row>
     <row r="460" spans="1:2">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
-        <v>612</v>
+        <v>737</v>
       </c>
     </row>
     <row r="461" spans="1:2">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
-        <v>409</v>
+        <v>397</v>
       </c>
     </row>
     <row r="462" spans="1:2">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
-        <v>202</v>
+        <v>619</v>
       </c>
     </row>
     <row r="463" spans="1:2">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
-        <v>732</v>
+        <v>415</v>
       </c>
     </row>
     <row r="464" spans="1:2">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
-        <v>733</v>
+        <v>203</v>
       </c>
     </row>
     <row r="465" spans="1:2">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
     </row>
     <row r="466" spans="1:2">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
     </row>
     <row r="467" spans="1:2">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>2</v>
+        <v>740</v>
       </c>
     </row>
     <row r="468" spans="1:2">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
     </row>
     <row r="469" spans="1:2">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
-        <v>291</v>
+        <v>742</v>
       </c>
     </row>
     <row r="470" spans="1:2">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
-        <v>274</v>
+        <v>2</v>
       </c>
     </row>
     <row r="471" spans="1:2">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>737</v>
+        <v>281</v>
       </c>
     </row>
     <row r="472" spans="1:2">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
     </row>
     <row r="473" spans="1:2">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>8</v>
+        <v>744</v>
       </c>
     </row>
     <row r="474" spans="1:2">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>739</v>
+        <v>8</v>
       </c>
     </row>
     <row r="475" spans="1:2">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
     </row>
     <row r="476" spans="1:2">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
     </row>
     <row r="477" spans="1:2">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
-        <v>76</v>
+        <v>747</v>
       </c>
     </row>
     <row r="478" spans="1:2">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
-        <v>190</v>
+        <v>80</v>
       </c>
     </row>
     <row r="479" spans="1:2">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
-        <v>380</v>
+        <v>193</v>
       </c>
     </row>
     <row r="480" spans="1:2">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
     </row>
     <row r="481" spans="1:2">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
-        <v>743</v>
+        <v>386</v>
       </c>
     </row>
     <row r="482" spans="1:2">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
     </row>
     <row r="483" spans="1:2">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>122</v>
+        <v>750</v>
       </c>
     </row>
     <row r="484" spans="1:2">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>23</v>
+        <v>751</v>
       </c>
     </row>
     <row r="485" spans="1:2">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>7</v>
+        <v>30</v>
       </c>
     </row>
     <row r="486" spans="1:2">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>745</v>
+        <v>7</v>
       </c>
     </row>
     <row r="487" spans="1:2">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
     </row>
     <row r="488" spans="1:2">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
     </row>
     <row r="489" spans="1:2">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>97</v>
+        <v>753</v>
       </c>
     </row>
     <row r="490" spans="1:2">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>747</v>
+        <v>98</v>
       </c>
     </row>
     <row r="491" spans="1:2">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
     </row>
     <row r="492" spans="1:2">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
     </row>
     <row r="493" spans="1:2">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
     </row>
     <row r="494" spans="1:2">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
-        <v>32</v>
+        <v>757</v>
       </c>
     </row>
     <row r="495" spans="1:2">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>96</v>
+        <v>38</v>
       </c>
     </row>
     <row r="496" spans="1:2">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>257</v>
+        <v>97</v>
       </c>
     </row>
     <row r="497" spans="1:2">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>102</v>
+        <v>263</v>
       </c>
     </row>
     <row r="498" spans="1:2">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="499" spans="1:2">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
     </row>
     <row r="500" spans="1:2">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
     </row>
     <row r="501" spans="1:2">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
-        <v>751</v>
+        <v>470</v>
       </c>
     </row>
     <row r="502" spans="1:2">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
-        <v>286</v>
+        <v>103</v>
       </c>
     </row>
     <row r="503" spans="1:2">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="504" spans="1:2">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
     </row>
     <row r="505" spans="1:2">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>85</v>
+        <v>67</v>
       </c>
     </row>
     <row r="506" spans="1:2">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
     </row>
     <row r="507" spans="1:2">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
     </row>
     <row r="508" spans="1:2">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>26</v>
+        <v>758</v>
       </c>
     </row>
     <row r="509" spans="1:2">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>752</v>
+        <v>153</v>
       </c>
     </row>
     <row r="510" spans="1:2">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>153</v>
+        <v>34</v>
       </c>
     </row>
     <row r="511" spans="1:2">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>27</v>
+        <v>759</v>
       </c>
     </row>
     <row r="512" spans="1:2">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
-        <v>753</v>
+        <v>304</v>
       </c>
     </row>
     <row r="513" spans="1:2">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
-        <v>299</v>
+        <v>760</v>
       </c>
     </row>
     <row r="514" spans="1:2">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
     </row>
     <row r="515" spans="1:2">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="516" spans="1:2">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="517" spans="1:2">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>94</v>
+        <v>114</v>
       </c>
     </row>
     <row r="518" spans="1:2">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="519" spans="1:2">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
     </row>
     <row r="520" spans="1:2">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
     </row>
     <row r="521" spans="1:2">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
     </row>
     <row r="522" spans="1:2">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
     </row>
     <row r="523" spans="1:2">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>757</v>
+        <v>232</v>
       </c>
     </row>
     <row r="524" spans="1:2">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>758</v>
+        <v>175</v>
       </c>
     </row>
     <row r="525" spans="1:2">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
-        <v>225</v>
+        <v>764</v>
       </c>
     </row>
     <row r="526" spans="1:2">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
-        <v>172</v>
+        <v>765</v>
       </c>
     </row>
     <row r="527" spans="1:2">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
     </row>
     <row r="528" spans="1:2">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
     </row>
     <row r="529" spans="1:2">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
     </row>
     <row r="530" spans="1:2">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
     </row>
     <row r="531" spans="1:2">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
     </row>
     <row r="532" spans="1:2">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
     </row>
     <row r="533" spans="1:2">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
     </row>
     <row r="534" spans="1:2">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
     </row>
     <row r="535" spans="1:2">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>767</v>
+        <v>151</v>
       </c>
     </row>
     <row r="536" spans="1:2">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>768</v>
+        <v>368</v>
       </c>
     </row>
     <row r="537" spans="1:2">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>151</v>
+        <v>774</v>
       </c>
     </row>
     <row r="538" spans="1:2">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>362</v>
+        <v>775</v>
       </c>
     </row>
     <row r="539" spans="1:2">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
     </row>
     <row r="540" spans="1:2">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
     </row>
     <row r="541" spans="1:2">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
     </row>
     <row r="542" spans="1:2">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
     </row>
     <row r="543" spans="1:2">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
     </row>
     <row r="544" spans="1:2">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
-        <v>774</v>
+        <v>210</v>
       </c>
     </row>
     <row r="545" spans="1:2">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>208</v>
+        <v>781</v>
       </c>
     </row>
     <row r="546" spans="1:2">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
     </row>
     <row r="547" spans="1:2">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
     </row>
     <row r="548" spans="1:2">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
-        <v>777</v>
+        <v>28</v>
       </c>
     </row>
     <row r="549" spans="1:2">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
-        <v>778</v>
+        <v>128</v>
       </c>
     </row>
     <row r="550" spans="1:2">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
-        <v>21</v>
+        <v>496</v>
       </c>
     </row>
     <row r="551" spans="1:2">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
-        <v>484</v>
+        <v>784</v>
       </c>
     </row>
     <row r="552" spans="1:2">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
     </row>
     <row r="553" spans="1:2">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
     </row>
     <row r="554" spans="1:2">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
     </row>
     <row r="555" spans="1:2">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
-        <v>782</v>
+        <v>517</v>
       </c>
     </row>
     <row r="556" spans="1:2">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
     </row>
     <row r="557" spans="1:2">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
-        <v>505</v>
+        <v>789</v>
       </c>
     </row>
     <row r="558" spans="1:2">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
     </row>
     <row r="559" spans="1:2">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
     </row>
     <row r="560" spans="1:2">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
     </row>
     <row r="561" spans="1:2">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
     </row>
     <row r="562" spans="1:2">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
     </row>
     <row r="563" spans="1:2">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>789</v>
+        <v>101</v>
       </c>
     </row>
     <row r="564" spans="1:2">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
-        <v>91</v>
+        <v>503</v>
       </c>
     </row>
     <row r="565" spans="1:2">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
-        <v>489</v>
+        <v>795</v>
       </c>
     </row>
     <row r="566" spans="1:2">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
     </row>
     <row r="567" spans="1:2">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
     </row>
     <row r="568" spans="1:2">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
     </row>
     <row r="569" spans="1:2">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
     </row>
     <row r="570" spans="1:2">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>794</v>
+        <v>722</v>
       </c>
     </row>
     <row r="571" spans="1:2">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
-        <v>716</v>
+        <v>800</v>
       </c>
     </row>
     <row r="572" spans="1:2">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
-        <v>795</v>
+        <v>138</v>
       </c>
     </row>
     <row r="573" spans="1:2">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
-        <v>131</v>
+        <v>491</v>
       </c>
     </row>
     <row r="574" spans="1:2">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
-        <v>479</v>
+        <v>22</v>
       </c>
     </row>
     <row r="575" spans="1:2">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="576" spans="1:2">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>340</v>
+        <v>801</v>
       </c>
     </row>
     <row r="577" spans="1:2">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577" t="s">
-        <v>796</v>
+        <v>96</v>
       </c>
     </row>
     <row r="578" spans="1:2">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
-        <v>95</v>
+        <v>183</v>
       </c>
     </row>
     <row r="579" spans="1:2">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
-        <v>797</v>
+        <v>226</v>
       </c>
     </row>
     <row r="580" spans="1:2">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
-        <v>180</v>
+        <v>364</v>
       </c>
     </row>
     <row r="581" spans="1:2">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
-        <v>223</v>
+        <v>619</v>
       </c>
     </row>
     <row r="582" spans="1:2">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582" t="s">
-        <v>359</v>
+        <v>438</v>
       </c>
     </row>
     <row r="583" spans="1:2">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583" t="s">
-        <v>612</v>
+        <v>802</v>
       </c>
     </row>
     <row r="584" spans="1:2">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584" t="s">
-        <v>432</v>
+        <v>136</v>
       </c>
     </row>
     <row r="585" spans="1:2">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
     </row>
     <row r="586" spans="1:2">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586" t="s">
-        <v>129</v>
+        <v>18</v>
       </c>
     </row>
     <row r="587" spans="1:2">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587" t="s">
-        <v>799</v>
+        <v>26</v>
       </c>
     </row>
     <row r="588" spans="1:2">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588" t="s">
-        <v>442</v>
+        <v>84</v>
       </c>
     </row>
     <row r="589" spans="1:2">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589" t="s">
-        <v>19</v>
+        <v>804</v>
       </c>
     </row>
     <row r="590" spans="1:2">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590" t="s">
-        <v>81</v>
+        <v>218</v>
       </c>
     </row>
     <row r="591" spans="1:2">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
     </row>
     <row r="592" spans="1:2">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592" t="s">
-        <v>217</v>
+        <v>806</v>
       </c>
     </row>
     <row r="593" spans="1:2">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
     </row>
     <row r="594" spans="1:2">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
     </row>
     <row r="595" spans="1:2">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595" t="s">
-        <v>803</v>
+        <v>117</v>
       </c>
     </row>
     <row r="596" spans="1:2">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
     </row>
     <row r="597" spans="1:2">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597" t="s">
-        <v>111</v>
+        <v>475</v>
       </c>
     </row>
     <row r="598" spans="1:2">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
     </row>
     <row r="599" spans="1:2">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599" t="s">
-        <v>461</v>
+        <v>811</v>
       </c>
     </row>
     <row r="600" spans="1:2">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600" t="s">
-        <v>806</v>
+        <v>247</v>
       </c>
     </row>
     <row r="601" spans="1:2">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
     </row>
     <row r="602" spans="1:2">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602" t="s">
-        <v>239</v>
+        <v>813</v>
       </c>
     </row>
     <row r="603" spans="1:2">
       <c r="A603">
         <v>602</v>
       </c>
       <c r="B603" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
     </row>
     <row r="604" spans="1:2">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604" t="s">
-        <v>809</v>
+        <v>211</v>
       </c>
     </row>
     <row r="605" spans="1:2">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
     </row>
     <row r="606" spans="1:2">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606" t="s">
-        <v>209</v>
+        <v>816</v>
       </c>
     </row>
     <row r="607" spans="1:2">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
     </row>
     <row r="608" spans="1:2">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608" t="s">
-        <v>193</v>
+        <v>818</v>
       </c>
     </row>
     <row r="609" spans="1:2">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609" t="s">
-        <v>290</v>
+        <v>819</v>
       </c>
     </row>
     <row r="610" spans="1:2">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
     </row>
     <row r="611" spans="1:2">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
     </row>
     <row r="612" spans="1:2">
       <c r="A612">
         <v>611</v>
       </c>
       <c r="B612" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
     </row>
     <row r="613" spans="1:2">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
     </row>
     <row r="614" spans="1:2">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614" t="s">
-        <v>816</v>
+        <v>296</v>
       </c>
     </row>
     <row r="615" spans="1:2">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615" t="s">
-        <v>817</v>
+        <v>25</v>
       </c>
     </row>
     <row r="616" spans="1:2">
       <c r="A616">
         <v>615</v>
       </c>
       <c r="B616" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
     </row>
     <row r="617" spans="1:2">
       <c r="A617">
         <v>616</v>
       </c>
       <c r="B617" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
     </row>
     <row r="618" spans="1:2">
       <c r="A618">
         <v>617</v>
       </c>
       <c r="B618" t="s">
-        <v>18</v>
+        <v>826</v>
       </c>
     </row>
     <row r="619" spans="1:2">
       <c r="A619">
         <v>618</v>
       </c>
       <c r="B619" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
     </row>
     <row r="620" spans="1:2">
       <c r="A620">
         <v>619</v>
       </c>
       <c r="B620" t="s">
-        <v>821</v>
+        <v>702</v>
       </c>
     </row>
     <row r="621" spans="1:2">
       <c r="A621">
         <v>620</v>
       </c>
       <c r="B621" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
     </row>
     <row r="622" spans="1:2">
       <c r="A622">
         <v>621</v>
       </c>
       <c r="B622" t="s">
-        <v>823</v>
+        <v>355</v>
       </c>
     </row>
     <row r="623" spans="1:2">
       <c r="A623">
         <v>622</v>
       </c>
       <c r="B623" t="s">
-        <v>694</v>
+        <v>221</v>
       </c>
     </row>
     <row r="624" spans="1:2">
       <c r="A624">
         <v>623</v>
       </c>
       <c r="B624" t="s">
-        <v>824</v>
+        <v>135</v>
       </c>
     </row>
     <row r="625" spans="1:2">
       <c r="A625">
         <v>624</v>
       </c>
       <c r="B625" t="s">
-        <v>349</v>
+        <v>310</v>
       </c>
     </row>
     <row r="626" spans="1:2">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626" t="s">
-        <v>197</v>
+        <v>392</v>
       </c>
     </row>
     <row r="627" spans="1:2">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627" t="s">
-        <v>128</v>
+        <v>829</v>
       </c>
     </row>
     <row r="628" spans="1:2">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628" t="s">
-        <v>306</v>
+        <v>830</v>
       </c>
     </row>
     <row r="629" spans="1:2">
       <c r="A629">
         <v>628</v>
       </c>
       <c r="B629" t="s">
-        <v>378</v>
+        <v>679</v>
       </c>
     </row>
     <row r="630" spans="1:2">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630" t="s">
-        <v>385</v>
+        <v>511</v>
       </c>
     </row>
     <row r="631" spans="1:2">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
     </row>
     <row r="632" spans="1:2">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632" t="s">
-        <v>826</v>
+        <v>110</v>
       </c>
     </row>
     <row r="633" spans="1:2">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633" t="s">
-        <v>669</v>
+        <v>390</v>
       </c>
     </row>
     <row r="634" spans="1:2">
       <c r="A634">
         <v>633</v>
       </c>
       <c r="B634" t="s">
-        <v>498</v>
+        <v>280</v>
       </c>
     </row>
     <row r="635" spans="1:2">
       <c r="A635">
         <v>634</v>
       </c>
       <c r="B635" t="s">
-        <v>827</v>
+        <v>320</v>
       </c>
     </row>
     <row r="636" spans="1:2">
       <c r="A636">
         <v>635</v>
       </c>
       <c r="B636" t="s">
-        <v>92</v>
+        <v>832</v>
       </c>
     </row>
     <row r="637" spans="1:2">
       <c r="A637">
         <v>636</v>
       </c>
       <c r="B637" t="s">
-        <v>273</v>
+        <v>833</v>
       </c>
     </row>
     <row r="638" spans="1:2">
       <c r="A638">
         <v>637</v>
       </c>
       <c r="B638" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
     </row>
     <row r="639" spans="1:2">
       <c r="A639">
         <v>638</v>
       </c>
       <c r="B639" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
     </row>
     <row r="640" spans="1:2">
       <c r="A640">
         <v>639</v>
       </c>
       <c r="B640" t="s">
-        <v>830</v>
+        <v>94</v>
       </c>
     </row>
     <row r="641" spans="1:2">
       <c r="A641">
         <v>640</v>
       </c>
       <c r="B641" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
     </row>
     <row r="642" spans="1:2">
       <c r="A642">
         <v>641</v>
       </c>
       <c r="B642" t="s">
-        <v>75</v>
+        <v>837</v>
       </c>
     </row>
     <row r="643" spans="1:2">
       <c r="A643">
         <v>642</v>
       </c>
       <c r="B643" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
     </row>
     <row r="644" spans="1:2">
       <c r="A644">
         <v>643</v>
       </c>
       <c r="B644" t="s">
-        <v>501</v>
+        <v>839</v>
       </c>
     </row>
     <row r="645" spans="1:2">
       <c r="A645">
         <v>644</v>
       </c>
       <c r="B645" t="s">
-        <v>218</v>
+        <v>87</v>
       </c>
     </row>
     <row r="646" spans="1:2">
       <c r="A646">
         <v>645</v>
       </c>
       <c r="B646" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
     </row>
     <row r="647" spans="1:2">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
     </row>
     <row r="648" spans="1:2">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
     </row>
     <row r="649" spans="1:2">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649" t="s">
-        <v>84</v>
+        <v>843</v>
       </c>
     </row>
     <row r="650" spans="1:2">
       <c r="A650">
         <v>649</v>
       </c>
       <c r="B650" t="s">
-        <v>836</v>
+        <v>350</v>
       </c>
     </row>
     <row r="651" spans="1:2">
       <c r="A651">
         <v>650</v>
       </c>
       <c r="B651" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
     </row>
     <row r="652" spans="1:2">
       <c r="A652">
         <v>651</v>
       </c>
       <c r="B652" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
     </row>
     <row r="653" spans="1:2">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
     </row>
     <row r="654" spans="1:2">
       <c r="A654">
         <v>653</v>
       </c>
       <c r="B654" t="s">
-        <v>344</v>
+        <v>847</v>
       </c>
     </row>
     <row r="655" spans="1:2">
       <c r="A655">
         <v>654</v>
       </c>
       <c r="B655" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
     </row>
     <row r="656" spans="1:2">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
     </row>
     <row r="657" spans="1:2">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657" t="s">
-        <v>842</v>
+        <v>297</v>
       </c>
     </row>
     <row r="658" spans="1:2">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
     </row>
     <row r="659" spans="1:2">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
     </row>
     <row r="660" spans="1:2">
       <c r="A660">
         <v>659</v>
       </c>
       <c r="B660" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
     </row>
     <row r="661" spans="1:2">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661" t="s">
-        <v>846</v>
+        <v>139</v>
       </c>
     </row>
     <row r="662" spans="1:2">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
     </row>
     <row r="663" spans="1:2">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
     </row>
     <row r="664" spans="1:2">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664" t="s">
-        <v>132</v>
+        <v>855</v>
       </c>
     </row>
     <row r="665" spans="1:2">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
     </row>
     <row r="666" spans="1:2">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
     </row>
     <row r="667" spans="1:2">
       <c r="A667">
         <v>666</v>
       </c>
       <c r="B667" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
     </row>
     <row r="668" spans="1:2">
       <c r="A668">
         <v>667</v>
       </c>
       <c r="B668" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
     </row>
     <row r="669" spans="1:2">
       <c r="A669">
         <v>668</v>
       </c>
       <c r="B669" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
     </row>
     <row r="670" spans="1:2">
       <c r="A670">
         <v>669</v>
       </c>
       <c r="B670" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
     </row>
     <row r="671" spans="1:2">
       <c r="A671">
         <v>670</v>
       </c>
       <c r="B671" t="s">
-        <v>855</v>
+        <v>448</v>
       </c>
     </row>
     <row r="672" spans="1:2">
       <c r="A672">
         <v>671</v>
       </c>
       <c r="B672" t="s">
-        <v>856</v>
+        <v>278</v>
       </c>
     </row>
     <row r="673" spans="1:2">
       <c r="A673">
         <v>672</v>
       </c>
       <c r="B673" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
     </row>
     <row r="674" spans="1:2">
       <c r="A674">
         <v>673</v>
       </c>
       <c r="B674" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
     </row>
     <row r="675" spans="1:2">
       <c r="A675">
         <v>674</v>
       </c>
       <c r="B675" t="s">
-        <v>441</v>
+        <v>120</v>
       </c>
     </row>
     <row r="676" spans="1:2">
       <c r="A676">
         <v>675</v>
       </c>
       <c r="B676" t="s">
-        <v>271</v>
+        <v>354</v>
       </c>
     </row>
     <row r="677" spans="1:2">
       <c r="A677">
         <v>676</v>
       </c>
       <c r="B677" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
     </row>
     <row r="678" spans="1:2">
       <c r="A678">
         <v>677</v>
       </c>
       <c r="B678" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
     </row>
     <row r="679" spans="1:2">
       <c r="A679">
         <v>678</v>
       </c>
       <c r="B679" t="s">
-        <v>114</v>
+        <v>137</v>
       </c>
     </row>
     <row r="680" spans="1:2">
       <c r="A680">
         <v>679</v>
       </c>
       <c r="B680" t="s">
-        <v>348</v>
+        <v>866</v>
       </c>
     </row>
     <row r="681" spans="1:2">
       <c r="A681">
         <v>680</v>
       </c>
       <c r="B681" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
     </row>
     <row r="682" spans="1:2">
       <c r="A682">
         <v>681</v>
       </c>
       <c r="B682" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
     </row>
     <row r="683" spans="1:2">
       <c r="A683">
         <v>682</v>
       </c>
       <c r="B683" t="s">
-        <v>130</v>
+        <v>869</v>
       </c>
     </row>
     <row r="684" spans="1:2">
       <c r="A684">
         <v>683</v>
       </c>
       <c r="B684" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
     </row>
     <row r="685" spans="1:2">
       <c r="A685">
         <v>684</v>
       </c>
       <c r="B685" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
     </row>
     <row r="686" spans="1:2">
       <c r="A686">
         <v>685</v>
       </c>
       <c r="B686" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
     </row>
     <row r="687" spans="1:2">
       <c r="A687">
         <v>686</v>
       </c>
       <c r="B687" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
     </row>
     <row r="688" spans="1:2">
       <c r="A688">
         <v>687</v>
       </c>
       <c r="B688" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
     </row>
     <row r="689" spans="1:2">
       <c r="A689">
         <v>688</v>
       </c>
       <c r="B689" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
     </row>
     <row r="690" spans="1:2">
       <c r="A690">
         <v>689</v>
       </c>
       <c r="B690" t="s">
-        <v>864</v>
+        <v>875</v>
       </c>
     </row>
     <row r="691" spans="1:2">
       <c r="A691">
         <v>690</v>
       </c>
       <c r="B691" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
     </row>
     <row r="692" spans="1:2">
       <c r="A692">
         <v>691</v>
       </c>
       <c r="B692" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
     </row>
     <row r="693" spans="1:2">
       <c r="A693">
         <v>692</v>
       </c>
       <c r="B693" t="s">
-        <v>871</v>
+        <v>246</v>
       </c>
     </row>
     <row r="694" spans="1:2">
       <c r="A694">
         <v>693</v>
       </c>
       <c r="B694" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
     </row>
     <row r="695" spans="1:2">
       <c r="A695">
         <v>694</v>
       </c>
       <c r="B695" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
     </row>
     <row r="696" spans="1:2">
       <c r="A696">
         <v>695</v>
       </c>
       <c r="B696" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
     </row>
     <row r="697" spans="1:2">
       <c r="A697">
         <v>696</v>
       </c>
       <c r="B697" t="s">
-        <v>238</v>
+        <v>77</v>
       </c>
     </row>
     <row r="698" spans="1:2">
       <c r="A698">
         <v>697</v>
       </c>
       <c r="B698" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
     </row>
     <row r="699" spans="1:2">
       <c r="A699">
         <v>698</v>
       </c>
       <c r="B699" t="s">
-        <v>876</v>
+        <v>319</v>
       </c>
     </row>
     <row r="700" spans="1:2">
       <c r="A700">
         <v>699</v>
       </c>
       <c r="B700" t="s">
-        <v>877</v>
+        <v>241</v>
       </c>
     </row>
     <row r="701" spans="1:2">
       <c r="A701">
         <v>700</v>
       </c>
       <c r="B701" t="s">
-        <v>72</v>
+        <v>882</v>
       </c>
     </row>
     <row r="702" spans="1:2">
       <c r="A702">
         <v>701</v>
       </c>
       <c r="B702" t="s">
-        <v>878</v>
+        <v>346</v>
       </c>
     </row>
     <row r="703" spans="1:2">
       <c r="A703">
         <v>702</v>
       </c>
       <c r="B703" t="s">
-        <v>234</v>
+        <v>518</v>
       </c>
     </row>
     <row r="704" spans="1:2">
       <c r="A704">
         <v>703</v>
       </c>
       <c r="B704" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
     </row>
     <row r="705" spans="1:2">
       <c r="A705">
         <v>704</v>
       </c>
       <c r="B705" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
     </row>
     <row r="706" spans="1:2">
       <c r="A706">
         <v>705</v>
       </c>
       <c r="B706" t="s">
-        <v>506</v>
+        <v>884</v>
       </c>
     </row>
     <row r="707" spans="1:2">
       <c r="A707">
         <v>706</v>
       </c>
       <c r="B707" t="s">
-        <v>880</v>
+        <v>430</v>
       </c>
     </row>
     <row r="708" spans="1:2">
       <c r="A708">
         <v>707</v>
       </c>
       <c r="B708" t="s">
-        <v>346</v>
+        <v>885</v>
       </c>
     </row>
     <row r="709" spans="1:2">
       <c r="A709">
         <v>708</v>
       </c>
       <c r="B709" t="s">
-        <v>881</v>
+        <v>112</v>
       </c>
     </row>
     <row r="710" spans="1:2">
       <c r="A710">
         <v>709</v>
       </c>
       <c r="B710" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
     </row>
     <row r="711" spans="1:2">
       <c r="A711">
         <v>710</v>
       </c>
       <c r="B711" t="s">
-        <v>883</v>
+        <v>242</v>
       </c>
     </row>
     <row r="712" spans="1:2">
       <c r="A712">
         <v>711</v>
       </c>
       <c r="B712" t="s">
-        <v>252</v>
+        <v>513</v>
       </c>
     </row>
     <row r="713" spans="1:2">
       <c r="A713">
         <v>712</v>
       </c>
       <c r="B713" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
     </row>
     <row r="714" spans="1:2">
       <c r="A714">
         <v>713</v>
       </c>
       <c r="B714" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
     </row>
     <row r="715" spans="1:2">
       <c r="A715">
         <v>714</v>
       </c>
       <c r="B715" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
     </row>
     <row r="716" spans="1:2">
       <c r="A716">
         <v>715</v>
       </c>
       <c r="B716" t="s">
-        <v>887</v>
+        <v>41</v>
       </c>
     </row>
     <row r="717" spans="1:2">
       <c r="A717">
         <v>716</v>
       </c>
       <c r="B717" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="718" spans="1:2">
       <c r="A718">
         <v>717</v>
       </c>
       <c r="B718" t="s">
-        <v>62</v>
+        <v>891</v>
       </c>
     </row>
     <row r="719" spans="1:2">
       <c r="A719">
         <v>718</v>
       </c>
       <c r="B719" t="s">
-        <v>889</v>
+        <v>68</v>
       </c>
     </row>
     <row r="720" spans="1:2">
       <c r="A720">
         <v>719</v>
       </c>
       <c r="B720" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
     </row>
     <row r="721" spans="1:2">
       <c r="A721">
         <v>720</v>
       </c>
       <c r="B721" t="s">
-        <v>456</v>
+        <v>467</v>
       </c>
     </row>
     <row r="722" spans="1:2">
       <c r="A722">
         <v>721</v>
       </c>
       <c r="B722" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
     </row>
     <row r="723" spans="1:2">
       <c r="A723">
         <v>722</v>
       </c>
       <c r="B723" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
     </row>
     <row r="724" spans="1:2">
       <c r="A724">
         <v>723</v>
       </c>
       <c r="B724" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="725" spans="1:2">
       <c r="A725">
         <v>724</v>
       </c>
       <c r="B725" t="s">
-        <v>242</v>
+        <v>896</v>
       </c>
     </row>
     <row r="726" spans="1:2">
       <c r="A726">
         <v>725</v>
       </c>
       <c r="B726" t="s">
-        <v>338</v>
+        <v>251</v>
       </c>
     </row>
     <row r="727" spans="1:2">
       <c r="A727">
         <v>726</v>
       </c>
       <c r="B727" t="s">
-        <v>894</v>
+        <v>346</v>
       </c>
     </row>
     <row r="728" spans="1:2">
       <c r="A728">
         <v>727</v>
       </c>
       <c r="B728" t="s">
-        <v>309</v>
+        <v>897</v>
       </c>
     </row>
     <row r="729" spans="1:2">
       <c r="A729">
         <v>728</v>
       </c>
       <c r="B729" t="s">
-        <v>293</v>
+        <v>313</v>
       </c>
     </row>
     <row r="730" spans="1:2">
       <c r="A730">
         <v>729</v>
       </c>
       <c r="B730" t="s">
-        <v>895</v>
+        <v>219</v>
       </c>
     </row>
     <row r="731" spans="1:2">
       <c r="A731">
         <v>730</v>
       </c>
       <c r="B731" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
     </row>
     <row r="732" spans="1:2">
       <c r="A732">
         <v>731</v>
       </c>
       <c r="B732" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
     </row>
     <row r="733" spans="1:2">
       <c r="A733">
         <v>732</v>
       </c>
       <c r="B733" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
     </row>
     <row r="734" spans="1:2">
       <c r="A734">
         <v>733</v>
       </c>
       <c r="B734" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
     </row>
     <row r="735" spans="1:2">
       <c r="A735">
         <v>734</v>
       </c>
       <c r="B735" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
     </row>
     <row r="736" spans="1:2">
       <c r="A736">
         <v>735</v>
       </c>
       <c r="B736" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
     </row>
     <row r="737" spans="1:2">
       <c r="A737">
         <v>736</v>
       </c>
       <c r="B737" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
     </row>
     <row r="738" spans="1:2">
       <c r="A738">
         <v>737</v>
       </c>
       <c r="B738" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
     </row>
     <row r="739" spans="1:2">
       <c r="A739">
         <v>738</v>
       </c>
       <c r="B739" t="s">
-        <v>314</v>
+        <v>904</v>
       </c>
     </row>
     <row r="740" spans="1:2">
       <c r="A740">
         <v>739</v>
       </c>
       <c r="B740" t="s">
-        <v>319</v>
+        <v>905</v>
       </c>
     </row>
     <row r="741" spans="1:2">
       <c r="A741">
         <v>740</v>
       </c>
       <c r="B741" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
     </row>
     <row r="742" spans="1:2">
       <c r="A742">
         <v>741</v>
       </c>
       <c r="B742" t="s">
-        <v>903</v>
+        <v>317</v>
       </c>
     </row>
     <row r="743" spans="1:2">
       <c r="A743">
         <v>742</v>
       </c>
       <c r="B743" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
     </row>
     <row r="744" spans="1:2">
       <c r="A744">
         <v>743</v>
       </c>
       <c r="B744" t="s">
-        <v>905</v>
+        <v>196</v>
       </c>
     </row>
     <row r="745" spans="1:2">
       <c r="A745">
         <v>744</v>
       </c>
       <c r="B745" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
     </row>
     <row r="746" spans="1:2">
       <c r="A746">
         <v>745</v>
       </c>
       <c r="B746" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
     </row>
     <row r="747" spans="1:2">
       <c r="A747">
         <v>746</v>
       </c>
       <c r="B747" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
     </row>
     <row r="748" spans="1:2">
       <c r="A748">
         <v>747</v>
       </c>
       <c r="B748" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
     </row>
     <row r="749" spans="1:2">
       <c r="A749">
         <v>748</v>
       </c>
       <c r="B749" t="s">
-        <v>144</v>
+        <v>912</v>
       </c>
     </row>
     <row r="750" spans="1:2">
       <c r="A750">
         <v>749</v>
       </c>
       <c r="B750" t="s">
-        <v>910</v>
+        <v>150</v>
       </c>
     </row>
     <row r="751" spans="1:2">
       <c r="A751">
         <v>750</v>
       </c>
       <c r="B751" t="s">
-        <v>315</v>
+        <v>913</v>
       </c>
     </row>
     <row r="752" spans="1:2">
       <c r="A752">
         <v>751</v>
       </c>
       <c r="B752" t="s">
-        <v>911</v>
+        <v>318</v>
       </c>
     </row>
     <row r="753" spans="1:2">
       <c r="A753">
         <v>752</v>
       </c>
       <c r="B753" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
     </row>
     <row r="754" spans="1:2">
       <c r="A754">
         <v>753</v>
       </c>
       <c r="B754" t="s">
-        <v>147</v>
+        <v>915</v>
       </c>
     </row>
     <row r="755" spans="1:2">
       <c r="A755">
         <v>754</v>
       </c>
       <c r="B755" t="s">
-        <v>913</v>
+        <v>230</v>
       </c>
     </row>
     <row r="756" spans="1:2">
       <c r="A756">
         <v>755</v>
       </c>
       <c r="B756" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
     </row>
     <row r="757" spans="1:2">
       <c r="A757">
         <v>756</v>
       </c>
       <c r="B757" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
     </row>
     <row r="758" spans="1:2">
       <c r="A758">
         <v>757</v>
       </c>
       <c r="B758" t="s">
-        <v>176</v>
+        <v>918</v>
       </c>
     </row>
     <row r="759" spans="1:2">
       <c r="A759">
         <v>758</v>
       </c>
       <c r="B759" t="s">
-        <v>916</v>
+        <v>179</v>
       </c>
     </row>
     <row r="760" spans="1:2">
       <c r="A760">
         <v>759</v>
       </c>
       <c r="B760" t="s">
-        <v>917</v>
+        <v>162</v>
       </c>
     </row>
     <row r="761" spans="1:2">
       <c r="A761">
         <v>760</v>
       </c>
       <c r="B761" t="s">
-        <v>227</v>
+        <v>919</v>
       </c>
     </row>
     <row r="762" spans="1:2">
       <c r="A762">
         <v>761</v>
       </c>
       <c r="B762" t="s">
-        <v>424</v>
+        <v>920</v>
       </c>
     </row>
     <row r="763" spans="1:2">
       <c r="A763">
         <v>762</v>
       </c>
       <c r="B763" t="s">
-        <v>215</v>
+        <v>234</v>
       </c>
     </row>
     <row r="764" spans="1:2">
       <c r="A764">
         <v>763</v>
       </c>
       <c r="B764" t="s">
-        <v>283</v>
+        <v>132</v>
       </c>
     </row>
     <row r="765" spans="1:2">
       <c r="A765">
         <v>764</v>
       </c>
       <c r="B765" t="s">
-        <v>428</v>
+        <v>290</v>
       </c>
     </row>
     <row r="766" spans="1:2">
       <c r="A766">
         <v>765</v>
       </c>
       <c r="B766" t="s">
-        <v>918</v>
+        <v>434</v>
       </c>
     </row>
     <row r="767" spans="1:2">
       <c r="A767">
         <v>766</v>
       </c>
       <c r="B767" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
     </row>
     <row r="768" spans="1:2">
       <c r="A768">
         <v>767</v>
       </c>
       <c r="B768" t="s">
-        <v>145</v>
+        <v>922</v>
       </c>
     </row>
     <row r="769" spans="1:2">
       <c r="A769">
         <v>768</v>
       </c>
       <c r="B769" t="s">
-        <v>295</v>
+        <v>923</v>
       </c>
     </row>
     <row r="770" spans="1:2">
       <c r="A770">
         <v>769</v>
       </c>
       <c r="B770" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
     </row>
     <row r="771" spans="1:2">
       <c r="A771">
         <v>770</v>
       </c>
       <c r="B771" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
     </row>
     <row r="772" spans="1:2">
       <c r="A772">
         <v>771</v>
       </c>
       <c r="B772" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
     </row>
     <row r="773" spans="1:2">
       <c r="A773">
         <v>772</v>
       </c>
       <c r="B773" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
     </row>
     <row r="774" spans="1:2">
       <c r="A774">
         <v>773</v>
       </c>
       <c r="B774" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
     </row>
     <row r="775" spans="1:2">
       <c r="A775">
         <v>774</v>
       </c>
       <c r="B775" t="s">
-        <v>387</v>
+        <v>929</v>
       </c>
     </row>
     <row r="776" spans="1:2">
       <c r="A776">
         <v>775</v>
       </c>
       <c r="B776" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
     </row>
     <row r="777" spans="1:2">
       <c r="A777">
         <v>776</v>
       </c>
       <c r="B777" t="s">
-        <v>926</v>
+        <v>395</v>
       </c>
     </row>
     <row r="778" spans="1:2">
       <c r="A778">
         <v>777</v>
       </c>
       <c r="B778" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
     </row>
     <row r="779" spans="1:2">
       <c r="A779">
         <v>778</v>
       </c>
       <c r="B779" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
     </row>
     <row r="780" spans="1:2">
       <c r="A780">
         <v>779</v>
       </c>
       <c r="B780" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
     </row>
     <row r="781" spans="1:2">
       <c r="A781">
         <v>780</v>
       </c>
       <c r="B781" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
     </row>
     <row r="782" spans="1:2">
       <c r="A782">
         <v>781</v>
       </c>
       <c r="B782" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
     </row>
     <row r="783" spans="1:2">
       <c r="A783">
         <v>782</v>
       </c>
       <c r="B783" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
     </row>
     <row r="784" spans="1:2">
       <c r="A784">
         <v>783</v>
       </c>
       <c r="B784" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
     </row>
     <row r="785" spans="1:2">
       <c r="A785">
         <v>784</v>
       </c>
       <c r="B785" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
     </row>
     <row r="786" spans="1:2">
       <c r="A786">
         <v>785</v>
       </c>
       <c r="B786" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
     </row>
     <row r="787" spans="1:2">
       <c r="A787">
         <v>786</v>
       </c>
       <c r="B787" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
     </row>
     <row r="788" spans="1:2">
       <c r="A788">
         <v>787</v>
       </c>
       <c r="B788" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
     </row>
     <row r="789" spans="1:2">
       <c r="A789">
         <v>788</v>
       </c>
       <c r="B789" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
     </row>
     <row r="790" spans="1:2">
       <c r="A790">
         <v>789</v>
       </c>
       <c r="B790" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
     </row>
     <row r="791" spans="1:2">
       <c r="A791">
         <v>790</v>
       </c>
       <c r="B791" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
     </row>
     <row r="792" spans="1:2">
       <c r="A792">
         <v>791</v>
       </c>
       <c r="B792" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
     </row>
     <row r="793" spans="1:2">
       <c r="A793">
         <v>792</v>
       </c>
       <c r="B793" t="s">
-        <v>82</v>
+        <v>946</v>
       </c>
     </row>
     <row r="794" spans="1:2">
       <c r="A794">
         <v>793</v>
       </c>
       <c r="B794" t="s">
-        <v>942</v>
+        <v>85</v>
       </c>
     </row>
     <row r="795" spans="1:2">
       <c r="A795">
         <v>794</v>
       </c>
       <c r="B795" t="s">
-        <v>413</v>
+        <v>947</v>
       </c>
     </row>
     <row r="796" spans="1:2">
       <c r="A796">
         <v>795</v>
       </c>
       <c r="B796" t="s">
-        <v>943</v>
+        <v>420</v>
       </c>
     </row>
     <row r="797" spans="1:2">
       <c r="A797">
         <v>796</v>
       </c>
       <c r="B797" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
     </row>
     <row r="798" spans="1:2">
       <c r="A798">
         <v>797</v>
       </c>
       <c r="B798" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
     </row>
     <row r="799" spans="1:2">
       <c r="A799">
         <v>798</v>
       </c>
       <c r="B799" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="800" spans="1:2">
       <c r="A800">
         <v>799</v>
       </c>
       <c r="B800" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
     </row>
     <row r="801" spans="1:2">
       <c r="A801">
         <v>800</v>
       </c>
       <c r="B801" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
     </row>
     <row r="802" spans="1:2">
       <c r="A802">
         <v>801</v>
       </c>
       <c r="B802" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
     </row>
     <row r="803" spans="1:2">
       <c r="A803">
         <v>802</v>
       </c>
       <c r="B803" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
     </row>
     <row r="804" spans="1:2">
       <c r="A804">
         <v>803</v>
       </c>
       <c r="B804" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
     </row>
     <row r="805" spans="1:2">
       <c r="A805">
         <v>804</v>
       </c>
       <c r="B805" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
     </row>
     <row r="806" spans="1:2">
       <c r="A806">
         <v>805</v>
       </c>
       <c r="B806" t="s">
-        <v>951</v>
+        <v>166</v>
       </c>
     </row>
     <row r="807" spans="1:2">
       <c r="A807">
         <v>806</v>
       </c>
       <c r="B807" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
     </row>
     <row r="808" spans="1:2">
       <c r="A808">
         <v>807</v>
       </c>
       <c r="B808" t="s">
-        <v>399</v>
+        <v>956</v>
       </c>
     </row>
     <row r="809" spans="1:2">
       <c r="A809">
         <v>808</v>
       </c>
       <c r="B809" t="s">
-        <v>953</v>
+        <v>406</v>
       </c>
     </row>
     <row r="810" spans="1:2">
       <c r="A810">
         <v>809</v>
       </c>
       <c r="B810" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
     </row>
     <row r="811" spans="1:2">
       <c r="A811">
         <v>810</v>
       </c>
       <c r="B811" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
     </row>
     <row r="812" spans="1:2">
       <c r="A812">
         <v>811</v>
       </c>
       <c r="B812" t="s">
-        <v>57</v>
+        <v>959</v>
       </c>
     </row>
     <row r="813" spans="1:2">
       <c r="A813">
         <v>812</v>
       </c>
       <c r="B813" t="s">
-        <v>956</v>
+        <v>62</v>
       </c>
     </row>
     <row r="814" spans="1:2">
       <c r="A814">
         <v>813</v>
       </c>
       <c r="B814" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
     </row>
     <row r="815" spans="1:2">
       <c r="A815">
         <v>814</v>
       </c>
       <c r="B815" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
     </row>
     <row r="816" spans="1:2">
       <c r="A816">
         <v>815</v>
       </c>
       <c r="B816" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
     </row>
     <row r="817" spans="1:2">
       <c r="A817">
         <v>816</v>
       </c>
       <c r="B817" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
     </row>
     <row r="818" spans="1:2">
       <c r="A818">
         <v>817</v>
       </c>
       <c r="B818" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
     </row>
     <row r="819" spans="1:2">
       <c r="A819">
         <v>818</v>
       </c>
       <c r="B819" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
     </row>
     <row r="820" spans="1:2">
       <c r="A820">
         <v>819</v>
       </c>
       <c r="B820" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
     </row>
     <row r="821" spans="1:2">
       <c r="A821">
         <v>820</v>
       </c>
       <c r="B821" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
     </row>
     <row r="822" spans="1:2">
       <c r="A822">
         <v>821</v>
       </c>
       <c r="B822" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
     </row>
     <row r="823" spans="1:2">
       <c r="A823">
         <v>822</v>
       </c>
       <c r="B823" t="s">
-        <v>163</v>
+        <v>969</v>
       </c>
     </row>
     <row r="824" spans="1:2">
       <c r="A824">
         <v>823</v>
       </c>
       <c r="B824" t="s">
-        <v>966</v>
+        <v>165</v>
       </c>
     </row>
     <row r="825" spans="1:2">
       <c r="A825">
         <v>824</v>
       </c>
       <c r="B825" t="s">
-        <v>791</v>
+        <v>970</v>
       </c>
     </row>
     <row r="826" spans="1:2">
       <c r="A826">
         <v>825</v>
       </c>
       <c r="B826" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
     </row>
     <row r="827" spans="1:2">
       <c r="A827">
         <v>826</v>
       </c>
       <c r="B827" t="s">
-        <v>968</v>
+        <v>796</v>
       </c>
     </row>
     <row r="828" spans="1:2">
       <c r="A828">
         <v>827</v>
       </c>
       <c r="B828" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
     </row>
     <row r="829" spans="1:2">
       <c r="A829">
         <v>828</v>
       </c>
       <c r="B829" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
     </row>
     <row r="830" spans="1:2">
       <c r="A830">
         <v>829</v>
       </c>
       <c r="B830" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
     </row>
     <row r="831" spans="1:2">
       <c r="A831">
         <v>830</v>
       </c>
       <c r="B831" t="s">
-        <v>77</v>
+        <v>975</v>
       </c>
     </row>
     <row r="832" spans="1:2">
       <c r="A832">
         <v>831</v>
       </c>
       <c r="B832" t="s">
-        <v>90</v>
+        <v>976</v>
       </c>
     </row>
     <row r="833" spans="1:2">
       <c r="A833">
         <v>832</v>
       </c>
       <c r="B833" t="s">
-        <v>194</v>
+        <v>95</v>
       </c>
     </row>
     <row r="834" spans="1:2">
       <c r="A834">
         <v>833</v>
       </c>
       <c r="B834" t="s">
-        <v>972</v>
+        <v>93</v>
       </c>
     </row>
     <row r="835" spans="1:2">
       <c r="A835">
         <v>834</v>
       </c>
       <c r="B835" t="s">
-        <v>639</v>
+        <v>197</v>
       </c>
     </row>
     <row r="836" spans="1:2">
       <c r="A836">
         <v>835</v>
       </c>
       <c r="B836" t="s">
-        <v>53</v>
+        <v>977</v>
       </c>
     </row>
     <row r="837" spans="1:2">
       <c r="A837">
         <v>836</v>
       </c>
       <c r="B837" t="s">
-        <v>973</v>
+        <v>648</v>
       </c>
     </row>
     <row r="838" spans="1:2">
       <c r="A838">
         <v>837</v>
       </c>
       <c r="B838" t="s">
-        <v>181</v>
+        <v>21</v>
       </c>
     </row>
     <row r="839" spans="1:2">
       <c r="A839">
         <v>838</v>
       </c>
       <c r="B839" t="s">
-        <v>248</v>
+        <v>978</v>
       </c>
     </row>
     <row r="840" spans="1:2">
       <c r="A840">
         <v>839</v>
       </c>
       <c r="B840" t="s">
-        <v>974</v>
+        <v>184</v>
       </c>
     </row>
     <row r="841" spans="1:2">
       <c r="A841">
         <v>840</v>
       </c>
       <c r="B841" t="s">
-        <v>975</v>
+        <v>255</v>
       </c>
     </row>
     <row r="842" spans="1:2">
       <c r="A842">
         <v>841</v>
       </c>
       <c r="B842" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
     </row>
     <row r="843" spans="1:2">
       <c r="A843">
         <v>842</v>
       </c>
       <c r="B843" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
     </row>
     <row r="844" spans="1:2">
       <c r="A844">
         <v>843</v>
       </c>
       <c r="B844" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
     </row>
     <row r="845" spans="1:2">
       <c r="A845">
         <v>844</v>
       </c>
       <c r="B845" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
     </row>
     <row r="846" spans="1:2">
       <c r="A846">
         <v>845</v>
       </c>
       <c r="B846" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
     </row>
     <row r="847" spans="1:2">
       <c r="A847">
         <v>846</v>
       </c>
       <c r="B847" t="s">
-        <v>404</v>
+        <v>984</v>
       </c>
     </row>
     <row r="848" spans="1:2">
       <c r="A848">
         <v>847</v>
       </c>
       <c r="B848" t="s">
-        <v>474</v>
+        <v>985</v>
       </c>
     </row>
     <row r="849" spans="1:2">
       <c r="A849">
         <v>848</v>
       </c>
       <c r="B849" t="s">
-        <v>981</v>
+        <v>411</v>
       </c>
     </row>
     <row r="850" spans="1:2">
       <c r="A850">
         <v>849</v>
       </c>
       <c r="B850" t="s">
-        <v>982</v>
+        <v>485</v>
       </c>
     </row>
     <row r="851" spans="1:2">
       <c r="A851">
         <v>850</v>
       </c>
       <c r="B851" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
     </row>
     <row r="852" spans="1:2">
       <c r="A852">
         <v>851</v>
       </c>
       <c r="B852" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
     </row>
     <row r="853" spans="1:2">
       <c r="A853">
         <v>852</v>
       </c>
       <c r="B853" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
     </row>
     <row r="854" spans="1:2">
       <c r="A854">
         <v>853</v>
       </c>
       <c r="B854" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
     </row>
     <row r="855" spans="1:2">
       <c r="A855">
         <v>854</v>
       </c>
       <c r="B855" t="s">
-        <v>88</v>
+        <v>990</v>
       </c>
     </row>
     <row r="856" spans="1:2">
       <c r="A856">
         <v>855</v>
       </c>
       <c r="B856" t="s">
-        <v>403</v>
+        <v>991</v>
       </c>
     </row>
     <row r="857" spans="1:2">
       <c r="A857">
         <v>856</v>
       </c>
       <c r="B857" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
     </row>
     <row r="858" spans="1:2">
       <c r="A858">
         <v>857</v>
       </c>
       <c r="B858" t="s">
-        <v>988</v>
+        <v>91</v>
       </c>
     </row>
     <row r="859" spans="1:2">
       <c r="A859">
         <v>858</v>
       </c>
       <c r="B859" t="s">
-        <v>989</v>
+        <v>410</v>
       </c>
     </row>
     <row r="860" spans="1:2">
       <c r="A860">
         <v>859</v>
       </c>
       <c r="B860" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
     </row>
     <row r="861" spans="1:2">
       <c r="A861">
         <v>860</v>
       </c>
       <c r="B861" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
     </row>
     <row r="862" spans="1:2">
       <c r="A862">
         <v>861</v>
       </c>
       <c r="B862" t="s">
-        <v>373</v>
+        <v>995</v>
       </c>
     </row>
     <row r="863" spans="1:2">
       <c r="A863">
         <v>862</v>
       </c>
       <c r="B863" t="s">
-        <v>992</v>
+        <v>322</v>
       </c>
     </row>
     <row r="864" spans="1:2">
       <c r="A864">
         <v>863</v>
       </c>
       <c r="B864" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
     </row>
     <row r="865" spans="1:2">
       <c r="A865">
         <v>864</v>
       </c>
       <c r="B865" t="s">
-        <v>439</v>
+        <v>997</v>
       </c>
     </row>
     <row r="866" spans="1:2">
       <c r="A866">
         <v>865</v>
       </c>
       <c r="B866" t="s">
-        <v>994</v>
+        <v>379</v>
       </c>
     </row>
     <row r="867" spans="1:2">
       <c r="A867">
         <v>866</v>
       </c>
       <c r="B867" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
     </row>
     <row r="868" spans="1:2">
       <c r="A868">
         <v>867</v>
       </c>
       <c r="B868" t="s">
-        <v>466</v>
+        <v>999</v>
       </c>
     </row>
     <row r="869" spans="1:2">
       <c r="A869">
         <v>868</v>
       </c>
       <c r="B869" t="s">
-        <v>996</v>
+        <v>446</v>
       </c>
     </row>
     <row r="870" spans="1:2">
       <c r="A870">
         <v>869</v>
       </c>
       <c r="B870" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="871" spans="1:2">
       <c r="A871">
         <v>870</v>
       </c>
       <c r="B871" t="s">
-        <v>39</v>
+        <v>479</v>
       </c>
     </row>
     <row r="872" spans="1:2">
       <c r="A872">
         <v>871</v>
       </c>
       <c r="B872" t="s">
-        <v>79</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="873" spans="1:2">
       <c r="A873">
         <v>872</v>
       </c>
       <c r="B873" t="s">
-        <v>998</v>
+        <v>301</v>
       </c>
     </row>
     <row r="874" spans="1:2">
       <c r="A874">
         <v>873</v>
       </c>
       <c r="B874" t="s">
-        <v>999</v>
+        <v>244</v>
       </c>
     </row>
     <row r="875" spans="1:2">
       <c r="A875">
         <v>874</v>
       </c>
       <c r="B875" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="876" spans="1:2">
       <c r="A876">
         <v>875</v>
       </c>
       <c r="B876" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="877" spans="1:2">
       <c r="A877">
         <v>876</v>
       </c>
       <c r="B877" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="878" spans="1:2">
       <c r="A878">
         <v>877</v>
       </c>
       <c r="B878" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="879" spans="1:2">
       <c r="A879">
         <v>878</v>
       </c>
       <c r="B879" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="880" spans="1:2">
       <c r="A880">
         <v>879</v>
       </c>
       <c r="B880" t="s">
-        <v>78</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="881" spans="1:2">
       <c r="A881">
         <v>880</v>
       </c>
       <c r="B881" t="s">
-        <v>74</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="882" spans="1:2">
       <c r="A882">
         <v>881</v>
       </c>
       <c r="B882" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="883" spans="1:2">
       <c r="A883">
         <v>882</v>
       </c>
       <c r="B883" t="s">
-        <v>1006</v>
+        <v>81</v>
       </c>
     </row>
     <row r="884" spans="1:2">
       <c r="A884">
         <v>883</v>
       </c>
       <c r="B884" t="s">
-        <v>1007</v>
+        <v>79</v>
       </c>
     </row>
     <row r="885" spans="1:2">
       <c r="A885">
         <v>884</v>
       </c>
       <c r="B885" t="s">
-        <v>406</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="886" spans="1:2">
       <c r="A886">
         <v>885</v>
       </c>
       <c r="B886" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="887" spans="1:2">
       <c r="A887">
         <v>886</v>
       </c>
       <c r="B887" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="888" spans="1:2">
       <c r="A888">
         <v>887</v>
       </c>
       <c r="B888" t="s">
-        <v>1010</v>
+        <v>413</v>
       </c>
     </row>
     <row r="889" spans="1:2">
       <c r="A889">
         <v>888</v>
       </c>
       <c r="B889" t="s">
-        <v>434</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="890" spans="1:2">
       <c r="A890">
         <v>889</v>
       </c>
       <c r="B890" t="s">
-        <v>1011</v>
+        <v>440</v>
       </c>
     </row>
     <row r="891" spans="1:2">
       <c r="A891">
         <v>890</v>
       </c>
       <c r="B891" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="892" spans="1:2">
       <c r="A892">
         <v>891</v>
       </c>
       <c r="B892" t="s">
-        <v>1013</v>
+        <v>238</v>
       </c>
     </row>
     <row r="893" spans="1:2">
       <c r="A893">
         <v>892</v>
       </c>
       <c r="B893" t="s">
-        <v>231</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="894" spans="1:2">
       <c r="A894">
         <v>893</v>
       </c>
       <c r="B894" t="s">
-        <v>503</v>
+        <v>515</v>
       </c>
     </row>
     <row r="895" spans="1:2">
       <c r="A895">
         <v>894</v>
       </c>
       <c r="B895" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="896" spans="1:2">
       <c r="A896">
         <v>895</v>
       </c>
       <c r="B896" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="897" spans="1:2">
       <c r="A897">
         <v>896</v>
       </c>
       <c r="B897" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="898" spans="1:2">
       <c r="A898">
         <v>897</v>
       </c>
       <c r="B898" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="899" spans="1:2">
       <c r="A899">
         <v>898</v>
       </c>
       <c r="B899" t="s">
-        <v>106</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="900" spans="1:2">
       <c r="A900">
         <v>899</v>
       </c>
       <c r="B900" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="901" spans="1:2">
       <c r="A901">
         <v>900</v>
       </c>
       <c r="B901" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="902" spans="1:2">
       <c r="A902">
         <v>901</v>
       </c>
       <c r="B902" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="903" spans="1:2">
       <c r="A903">
         <v>902</v>
       </c>
       <c r="B903" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="904" spans="1:2">
       <c r="A904">
         <v>903</v>
       </c>
       <c r="B904" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="905" spans="1:2">
       <c r="A905">
         <v>904</v>
       </c>
       <c r="B905" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="906" spans="1:2">
       <c r="A906">
         <v>905</v>
       </c>
       <c r="B906" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="907" spans="1:2">
       <c r="A907">
         <v>906</v>
       </c>
       <c r="B907" t="s">
-        <v>1025</v>
+        <v>445</v>
       </c>
     </row>
     <row r="908" spans="1:2">
       <c r="A908">
         <v>907</v>
       </c>
       <c r="B908" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="909" spans="1:2">
       <c r="A909">
         <v>908</v>
       </c>
       <c r="B909" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="910" spans="1:2">
       <c r="A910">
         <v>909</v>
       </c>
       <c r="B910" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="911" spans="1:2">
       <c r="A911">
         <v>910</v>
       </c>
       <c r="B911" t="s">
-        <v>438</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="912" spans="1:2">
       <c r="A912">
         <v>911</v>
       </c>
       <c r="B912" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="913" spans="1:2">
       <c r="A913">
         <v>912</v>
       </c>
       <c r="B913" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="914" spans="1:2">
       <c r="A914">
         <v>913</v>
       </c>
       <c r="B914" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="915" spans="1:2">
       <c r="A915">
         <v>914</v>
       </c>
       <c r="B915" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="916" spans="1:2">
       <c r="A916">
         <v>915</v>
       </c>
       <c r="B916" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="917" spans="1:2">
       <c r="A917">
         <v>916</v>
       </c>
       <c r="B917" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="918" spans="1:2">
       <c r="A918">
         <v>917</v>
       </c>
       <c r="B918" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="919" spans="1:2">
       <c r="A919">
         <v>918</v>
       </c>
       <c r="B919" t="s">
-        <v>80</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="920" spans="1:2">
       <c r="A920">
         <v>919</v>
       </c>
       <c r="B920" t="s">
-        <v>317</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="921" spans="1:2">
       <c r="A921">
         <v>920</v>
       </c>
       <c r="B921" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="922" spans="1:2">
       <c r="A922">
         <v>921</v>
       </c>
       <c r="B922" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="923" spans="1:2">
       <c r="A923">
         <v>922</v>
       </c>
       <c r="B923" t="s">
-        <v>1038</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="924" spans="1:2">
       <c r="A924">
         <v>923</v>
       </c>
       <c r="B924" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="925" spans="1:2">
       <c r="A925">
         <v>924</v>
       </c>
       <c r="B925" t="s">
-        <v>1019</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="926" spans="1:2">
       <c r="A926">
         <v>925</v>
       </c>
       <c r="B926" t="s">
-        <v>1040</v>
+        <v>309</v>
       </c>
     </row>
     <row r="927" spans="1:2">
       <c r="A927">
         <v>926</v>
       </c>
       <c r="B927" t="s">
-        <v>305</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="928" spans="1:2">
       <c r="A928">
         <v>927</v>
       </c>
       <c r="B928" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="929" spans="1:2">
       <c r="A929">
         <v>928</v>
       </c>
       <c r="B929" t="s">
-        <v>1042</v>
+        <v>315</v>
       </c>
     </row>
     <row r="930" spans="1:2">
       <c r="A930">
         <v>929</v>
       </c>
       <c r="B930" t="s">
-        <v>311</v>
+        <v>516</v>
       </c>
     </row>
     <row r="931" spans="1:2">
       <c r="A931">
         <v>930</v>
       </c>
       <c r="B931" t="s">
-        <v>504</v>
+        <v>108</v>
       </c>
     </row>
     <row r="932" spans="1:2">
       <c r="A932">
         <v>931</v>
       </c>
       <c r="B932" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="933" spans="1:2">
       <c r="A933">
         <v>932</v>
       </c>
       <c r="B933" t="s">
-        <v>141</v>
+        <v>24</v>
       </c>
     </row>
     <row r="934" spans="1:2">
       <c r="A934">
         <v>933</v>
       </c>
       <c r="B934" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="935" spans="1:2">
       <c r="A935">
         <v>934</v>
       </c>
       <c r="B935" t="s">
-        <v>491</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="936" spans="1:2">
       <c r="A936">
         <v>935</v>
       </c>
       <c r="B936" t="s">
-        <v>1045</v>
+        <v>393</v>
       </c>
     </row>
     <row r="937" spans="1:2">
       <c r="A937">
         <v>936</v>
       </c>
       <c r="B937" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="938" spans="1:2">
       <c r="A938">
         <v>937</v>
       </c>
       <c r="B938" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="939" spans="1:2">
       <c r="A939">
         <v>938</v>
       </c>
       <c r="B939" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="940" spans="1:2">
       <c r="A940">
         <v>939</v>
       </c>
       <c r="B940" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="941" spans="1:2">
       <c r="A941">
         <v>940</v>
       </c>
       <c r="B941" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="942" spans="1:2">
       <c r="A942">
         <v>941</v>
       </c>
       <c r="B942" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="943" spans="1:2">
       <c r="A943">
         <v>942</v>
       </c>
       <c r="B943" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="944" spans="1:2">
       <c r="A944">
         <v>943</v>
       </c>
       <c r="B944" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="945" spans="1:2">
       <c r="A945">
         <v>944</v>
       </c>
       <c r="B945" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="946" spans="1:2">
       <c r="A946">
         <v>945</v>
       </c>
       <c r="B946" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="947" spans="1:2">
       <c r="A947">
         <v>946</v>
       </c>
       <c r="B947" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="948" spans="1:2">
       <c r="A948">
         <v>947</v>
       </c>
       <c r="B948" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="949" spans="1:2">
       <c r="A949">
         <v>948</v>
       </c>
       <c r="B949" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="950" spans="1:2">
       <c r="A950">
         <v>949</v>
       </c>
       <c r="B950" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="951" spans="1:2">
       <c r="A951">
         <v>950</v>
       </c>
       <c r="B951" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="952" spans="1:2">
       <c r="A952">
         <v>951</v>
       </c>
       <c r="B952" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="953" spans="1:2">
       <c r="A953">
         <v>952</v>
       </c>
       <c r="B953" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="954" spans="1:2">
       <c r="A954">
         <v>953</v>
       </c>
       <c r="B954" t="s">
-        <v>490</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="955" spans="1:2">
       <c r="A955">
         <v>954</v>
       </c>
       <c r="B955" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="956" spans="1:2">
       <c r="A956">
         <v>955</v>
       </c>
       <c r="B956" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="957" spans="1:2">
       <c r="A957">
         <v>956</v>
       </c>
       <c r="B957" t="s">
-        <v>1065</v>
+        <v>504</v>
       </c>
     </row>
     <row r="958" spans="1:2">
       <c r="A958">
         <v>957</v>
       </c>
       <c r="B958" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="959" spans="1:2">
       <c r="A959">
         <v>958</v>
       </c>
       <c r="B959" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="960" spans="1:2">
       <c r="A960">
         <v>959</v>
       </c>
       <c r="B960" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="961" spans="1:2">
       <c r="A961">
         <v>960</v>
       </c>
       <c r="B961" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="962" spans="1:2">
       <c r="A962">
         <v>961</v>
       </c>
       <c r="B962" t="s">
-        <v>1003</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="963" spans="1:2">
       <c r="A963">
         <v>962</v>
       </c>
       <c r="B963" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="964" spans="1:2">
       <c r="A964">
         <v>963</v>
       </c>
       <c r="B964" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="965" spans="1:2">
       <c r="A965">
         <v>964</v>
       </c>
       <c r="B965" t="s">
-        <v>1072</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="966" spans="1:2">
       <c r="A966">
         <v>965</v>
       </c>
       <c r="B966" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="967" spans="1:2">
       <c r="A967">
         <v>966</v>
       </c>
       <c r="B967" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="968" spans="1:2">
       <c r="A968">
         <v>967</v>
       </c>
       <c r="B968" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="969" spans="1:2">
       <c r="A969">
         <v>968</v>
       </c>
       <c r="B969" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="970" spans="1:2">
       <c r="A970">
         <v>969</v>
       </c>
       <c r="B970" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="971" spans="1:2">
       <c r="A971">
         <v>970</v>
       </c>
       <c r="B971" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="972" spans="1:2">
       <c r="A972">
         <v>971</v>
       </c>
       <c r="B972" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="973" spans="1:2">
       <c r="A973">
         <v>972</v>
       </c>
       <c r="B973" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
     </row>
     <row r="974" spans="1:2">
       <c r="A974">
         <v>973</v>
       </c>
       <c r="B974" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="975" spans="1:2">
       <c r="A975">
         <v>974</v>
       </c>
       <c r="B975" t="s">
-        <v>1081</v>
+        <v>419</v>
       </c>
     </row>
     <row r="976" spans="1:2">
       <c r="A976">
         <v>975</v>
       </c>
       <c r="B976" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
     </row>
     <row r="977" spans="1:2">
       <c r="A977">
         <v>976</v>
       </c>
       <c r="B977" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="978" spans="1:2">
       <c r="A978">
         <v>977</v>
       </c>
       <c r="B978" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="979" spans="1:2">
       <c r="A979">
         <v>978</v>
       </c>
       <c r="B979" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="980" spans="1:2">
       <c r="A980">
         <v>979</v>
       </c>
       <c r="B980" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="981" spans="1:2">
       <c r="A981">
         <v>980</v>
       </c>
       <c r="B981" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="982" spans="1:2">
       <c r="A982">
         <v>981</v>
       </c>
       <c r="B982" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="983" spans="1:2">
       <c r="A983">
         <v>982</v>
       </c>
       <c r="B983" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="984" spans="1:2">
       <c r="A984">
         <v>983</v>
       </c>
       <c r="B984" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="985" spans="1:2">
       <c r="A985">
         <v>984</v>
       </c>
       <c r="B985" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="986" spans="1:2">
       <c r="A986">
         <v>985</v>
       </c>
       <c r="B986" t="s">
-        <v>460</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="987" spans="1:2">
       <c r="A987">
         <v>986</v>
       </c>
       <c r="B987" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="988" spans="1:2">
       <c r="A988">
         <v>987</v>
       </c>
       <c r="B988" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="989" spans="1:2">
       <c r="A989">
         <v>988</v>
       </c>
       <c r="B989" t="s">
-        <v>54</v>
+        <v>474</v>
       </c>
     </row>
     <row r="990" spans="1:2">
       <c r="A990">
         <v>989</v>
       </c>
       <c r="B990" t="s">
-        <v>1092</v>
+        <v>58</v>
       </c>
     </row>
     <row r="991" spans="1:2">
       <c r="A991">
         <v>990</v>
       </c>
       <c r="B991" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="992" spans="1:2">
       <c r="A992">
         <v>991</v>
       </c>
       <c r="B992" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="993" spans="1:2">
       <c r="A993">
         <v>992</v>
       </c>
       <c r="B993" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="994" spans="1:2">
       <c r="A994">
         <v>993</v>
       </c>
       <c r="B994" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="995" spans="1:2">
       <c r="A995">
         <v>994</v>
       </c>
       <c r="B995" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="996" spans="1:2">
       <c r="A996">
         <v>995</v>
       </c>
       <c r="B996" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="997" spans="1:2">
       <c r="A997">
         <v>996</v>
       </c>
       <c r="B997" t="s">
-        <v>412</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="998" spans="1:2">
       <c r="A998">
         <v>997</v>
       </c>
       <c r="B998" t="s">
-        <v>410</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="999" spans="1:2">
       <c r="A999">
         <v>998</v>
       </c>
       <c r="B999" t="s">
-        <v>1099</v>
+        <v>418</v>
       </c>
     </row>
     <row r="1000" spans="1:2">
       <c r="A1000">
         <v>999</v>
       </c>
       <c r="B1000" t="s">
-        <v>1100</v>
+        <v>416</v>
       </c>
     </row>
     <row r="1001" spans="1:2">
       <c r="A1001">
         <v>1000</v>
       </c>
       <c r="B1001" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="1002" spans="1:2">
       <c r="A1002">
         <v>1001</v>
       </c>
       <c r="B1002" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="1003" spans="1:2">
       <c r="A1003">
         <v>1002</v>
       </c>
       <c r="B1003" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="1004" spans="1:2">
       <c r="A1004">
         <v>1003</v>
       </c>
       <c r="B1004" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="1005" spans="1:2">
       <c r="A1005">
         <v>1004</v>
       </c>
       <c r="B1005" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="1006" spans="1:2">
       <c r="A1006">
         <v>1005</v>
       </c>
       <c r="B1006" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="1007" spans="1:2">
       <c r="A1007">
         <v>1006</v>
       </c>
       <c r="B1007" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="1008" spans="1:2">
       <c r="A1008">
         <v>1007</v>
       </c>
       <c r="B1008" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="1009" spans="1:2">
       <c r="A1009">
         <v>1008</v>
       </c>
       <c r="B1009" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="1010" spans="1:2">
       <c r="A1010">
         <v>1009</v>
       </c>
       <c r="B1010" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="1011" spans="1:2">
       <c r="A1011">
         <v>1010</v>
       </c>
       <c r="B1011" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="1012" spans="1:2">
       <c r="A1012">
         <v>1011</v>
       </c>
       <c r="B1012" t="s">
-        <v>143</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="1013" spans="1:2">
       <c r="A1013">
         <v>1012</v>
       </c>
       <c r="B1013" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="1014" spans="1:2">
       <c r="A1014">
         <v>1013</v>
       </c>
       <c r="B1014" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="1015" spans="1:2">
       <c r="A1015">
         <v>1014</v>
       </c>
       <c r="B1015" t="s">
-        <v>1114</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1016" spans="1:2">
       <c r="A1016">
         <v>1015</v>
       </c>
       <c r="B1016" t="s">
-        <v>437</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="1017" spans="1:2">
       <c r="A1017">
         <v>1016</v>
       </c>
       <c r="B1017" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="1018" spans="1:2">
       <c r="A1018">
         <v>1017</v>
       </c>
       <c r="B1018" t="s">
-        <v>1116</v>
+        <v>444</v>
       </c>
     </row>
     <row r="1019" spans="1:2">
       <c r="A1019">
         <v>1018</v>
       </c>
       <c r="B1019" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="1020" spans="1:2">
       <c r="A1020">
         <v>1019</v>
       </c>
       <c r="B1020" t="s">
-        <v>1118</v>
+        <v>507</v>
       </c>
     </row>
     <row r="1021" spans="1:2">
       <c r="A1021">
         <v>1020</v>
       </c>
       <c r="B1021" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="1022" spans="1:2">
       <c r="A1022">
         <v>1021</v>
       </c>
       <c r="B1022" t="s">
-        <v>119</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="1023" spans="1:2">
       <c r="A1023">
         <v>1022</v>
       </c>
       <c r="B1023" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="1024" spans="1:2">
       <c r="A1024">
         <v>1023</v>
       </c>
       <c r="B1024" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="1025" spans="1:2">
       <c r="A1025">
         <v>1024</v>
       </c>
       <c r="B1025" t="s">
-        <v>1122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1026" spans="1:2">
       <c r="A1026">
         <v>1025</v>
       </c>
       <c r="B1026" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="1027" spans="1:2">
       <c r="A1027">
         <v>1026</v>
       </c>
       <c r="B1027" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="1028" spans="1:2">
       <c r="A1028">
         <v>1027</v>
       </c>
       <c r="B1028" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="1029" spans="1:2">
       <c r="A1029">
         <v>1028</v>
       </c>
       <c r="B1029" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="1030" spans="1:2">
       <c r="A1030">
         <v>1029</v>
       </c>
       <c r="B1030" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="1031" spans="1:2">
       <c r="A1031">
         <v>1030</v>
       </c>
       <c r="B1031" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="1032" spans="1:2">
       <c r="A1032">
         <v>1031</v>
       </c>
       <c r="B1032" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="1033" spans="1:2">
       <c r="A1033">
         <v>1032</v>
       </c>
       <c r="B1033" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="1034" spans="1:2">
       <c r="A1034">
         <v>1033</v>
       </c>
       <c r="B1034" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="1035" spans="1:2">
       <c r="A1035">
         <v>1034</v>
       </c>
       <c r="B1035" t="s">
-        <v>1001</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="1036" spans="1:2">
       <c r="A1036">
         <v>1035</v>
       </c>
       <c r="B1036" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="1037" spans="1:2">
       <c r="A1037">
         <v>1036</v>
       </c>
       <c r="B1037" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="1038" spans="1:2">
       <c r="A1038">
         <v>1037</v>
       </c>
       <c r="B1038" t="s">
-        <v>1134</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="1039" spans="1:2">
       <c r="A1039">
         <v>1038</v>
       </c>
       <c r="B1039" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="1040" spans="1:2">
       <c r="A1040">
         <v>1039</v>
       </c>
       <c r="B1040" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="1041" spans="1:2">
       <c r="A1041">
         <v>1040</v>
       </c>
       <c r="B1041" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="1042" spans="1:2">
       <c r="A1042">
         <v>1041</v>
       </c>
       <c r="B1042" t="s">
-        <v>1138</v>
+        <v>44</v>
       </c>
     </row>
     <row r="1043" spans="1:2">
       <c r="A1043">
         <v>1042</v>
       </c>
       <c r="B1043" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="1044" spans="1:2">
       <c r="A1044">
         <v>1043</v>
       </c>
       <c r="B1044" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="1045" spans="1:2">
       <c r="A1045">
         <v>1044</v>
       </c>
       <c r="B1045" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="1046" spans="1:2">
       <c r="A1046">
         <v>1045</v>
       </c>
       <c r="B1046" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="1047" spans="1:2">
       <c r="A1047">
         <v>1046</v>
       </c>
       <c r="B1047" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="1048" spans="1:2">
       <c r="A1048">
         <v>1047</v>
       </c>
       <c r="B1048" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="1049" spans="1:2">
       <c r="A1049">
         <v>1048</v>
       </c>
       <c r="B1049" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="1050" spans="1:2">
       <c r="A1050">
         <v>1049</v>
       </c>
       <c r="B1050" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="1051" spans="1:2">
       <c r="A1051">
         <v>1050</v>
       </c>
       <c r="B1051" t="s">
-        <v>395</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="1052" spans="1:2">
       <c r="A1052">
         <v>1051</v>
       </c>
       <c r="B1052" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="1053" spans="1:2">
       <c r="A1053">
         <v>1052</v>
       </c>
       <c r="B1053" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1054" spans="1:2">
       <c r="A1054">
         <v>1053</v>
       </c>
       <c r="B1054" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="1055" spans="1:2">
       <c r="A1055">
         <v>1054</v>
       </c>
       <c r="B1055" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="1056" spans="1:2">
       <c r="A1056">
         <v>1055</v>
       </c>
       <c r="B1056" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="1057" spans="1:2">
       <c r="A1057">
         <v>1056</v>
       </c>
       <c r="B1057" t="s">
-        <v>109</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="1058" spans="1:2">
       <c r="A1058">
         <v>1057</v>
       </c>
       <c r="B1058" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="1059" spans="1:2">
       <c r="A1059">
         <v>1058</v>
       </c>
       <c r="B1059" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="1060" spans="1:2">
       <c r="A1060">
         <v>1059</v>
       </c>
       <c r="B1060" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="1061" spans="1:2">
       <c r="A1061">
         <v>1060</v>
       </c>
       <c r="B1061" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="1062" spans="1:2">
       <c r="A1062">
         <v>1061</v>
       </c>
       <c r="B1062" t="s">
-        <v>1156</v>
+        <v>402</v>
       </c>
     </row>
     <row r="1063" spans="1:2">
       <c r="A1063">
         <v>1062</v>
       </c>
       <c r="B1063" t="s">
-        <v>1157</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1064" spans="1:2">
       <c r="A1064">
         <v>1063</v>
       </c>
       <c r="B1064" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="1065" spans="1:2">
       <c r="A1065">
         <v>1064</v>
       </c>
       <c r="B1065" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="1066" spans="1:2">
       <c r="A1066">
         <v>1065</v>
       </c>
       <c r="B1066" t="s">
-        <v>492</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="1067" spans="1:2">
       <c r="A1067">
         <v>1066</v>
       </c>
       <c r="B1067" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="1068" spans="1:2">
       <c r="A1068">
         <v>1067</v>
       </c>
       <c r="B1068" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="1069" spans="1:2">
       <c r="A1069">
         <v>1068</v>
       </c>
       <c r="B1069" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="1070" spans="1:2">
       <c r="A1070">
         <v>1069</v>
       </c>
       <c r="B1070" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="1071" spans="1:2">
       <c r="A1071">
         <v>1070</v>
       </c>
       <c r="B1071" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="1072" spans="1:2">
       <c r="A1072">
         <v>1071</v>
       </c>
       <c r="B1072" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="1073" spans="1:2">
       <c r="A1073">
         <v>1072</v>
       </c>
       <c r="B1073" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="1074" spans="1:2">
       <c r="A1074">
         <v>1073</v>
       </c>
       <c r="B1074" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="1075" spans="1:2">
       <c r="A1075">
         <v>1074</v>
       </c>
       <c r="B1075" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="1076" spans="1:2">
       <c r="A1076">
         <v>1075</v>
       </c>
       <c r="B1076" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="1077" spans="1:2">
       <c r="A1077">
         <v>1076</v>
       </c>
       <c r="B1077" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="1078" spans="1:2">
       <c r="A1078">
         <v>1077</v>
       </c>
       <c r="B1078" t="s">
-        <v>262</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="1079" spans="1:2">
       <c r="A1079">
         <v>1078</v>
       </c>
       <c r="B1079" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="1080" spans="1:2">
       <c r="A1080">
         <v>1079</v>
       </c>
       <c r="B1080" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="1081" spans="1:2">
       <c r="A1081">
         <v>1080</v>
       </c>
       <c r="B1081" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="1082" spans="1:2">
       <c r="A1082">
         <v>1081</v>
       </c>
       <c r="B1082" t="s">
-        <v>1174</v>
+        <v>268</v>
       </c>
     </row>
     <row r="1083" spans="1:2">
       <c r="A1083">
         <v>1082</v>
       </c>
       <c r="B1083" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="1084" spans="1:2">
       <c r="A1084">
         <v>1083</v>
       </c>
       <c r="B1084" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="1085" spans="1:2">
       <c r="A1085">
         <v>1084</v>
       </c>
       <c r="B1085" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="1086" spans="1:2">
       <c r="A1086">
         <v>1085</v>
       </c>
       <c r="B1086" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="1087" spans="1:2">
       <c r="A1087">
         <v>1086</v>
       </c>
       <c r="B1087" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="1088" spans="1:2">
       <c r="A1088">
         <v>1087</v>
       </c>
       <c r="B1088" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="1089" spans="1:2">
       <c r="A1089">
         <v>1088</v>
       </c>
       <c r="B1089" t="s">
-        <v>1145</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="1090" spans="1:2">
       <c r="A1090">
         <v>1089</v>
       </c>
       <c r="B1090" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="1091" spans="1:2">
       <c r="A1091">
         <v>1090</v>
       </c>
       <c r="B1091" t="s">
-        <v>254</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="1092" spans="1:2">
       <c r="A1092">
         <v>1091</v>
       </c>
       <c r="B1092" t="s">
-        <v>1182</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="1093" spans="1:2">
       <c r="A1093">
         <v>1092</v>
       </c>
       <c r="B1093" t="s">
-        <v>395</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="1094" spans="1:2">
       <c r="A1094">
         <v>1093</v>
       </c>
       <c r="B1094" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="1095" spans="1:2">
       <c r="A1095">
         <v>1094</v>
       </c>
       <c r="B1095" t="s">
-        <v>1184</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1096" spans="1:2">
       <c r="A1096">
         <v>1095</v>
       </c>
       <c r="B1096" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="1097" spans="1:2">
       <c r="A1097">
         <v>1096</v>
       </c>
       <c r="B1097" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="1098" spans="1:2">
       <c r="A1098">
         <v>1097</v>
       </c>
       <c r="B1098" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="1099" spans="1:2">
       <c r="A1099">
         <v>1098</v>
       </c>
       <c r="B1099" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="1100" spans="1:2">
       <c r="A1100">
         <v>1099</v>
       </c>
       <c r="B1100" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="1101" spans="1:2">
       <c r="A1101">
         <v>1100</v>
       </c>
       <c r="B1101" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="1102" spans="1:2">
       <c r="A1102">
         <v>1101</v>
       </c>
       <c r="B1102" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="1103" spans="1:2">
       <c r="A1103">
         <v>1102</v>
       </c>
       <c r="B1103" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="1104" spans="1:2">
       <c r="A1104">
         <v>1103</v>
       </c>
       <c r="B1104" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="1105" spans="1:2">
       <c r="A1105">
         <v>1104</v>
       </c>
       <c r="B1105" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="1106" spans="1:2">
       <c r="A1106">
         <v>1105</v>
       </c>
       <c r="B1106" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="1107" spans="1:2">
       <c r="A1107">
         <v>1106</v>
       </c>
       <c r="B1107" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="1108" spans="1:2">
       <c r="A1108">
         <v>1107</v>
       </c>
       <c r="B1108" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1109" spans="1:2">
       <c r="A1109">
         <v>1108</v>
       </c>
       <c r="B1109" t="s">
-        <v>1197</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1110" spans="1:2">
       <c r="A1110">
         <v>1109</v>
       </c>
       <c r="B1110" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="1111" spans="1:2">
       <c r="A1111">
         <v>1110</v>
       </c>
       <c r="B1111" t="s">
-        <v>754</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="1112" spans="1:2">
       <c r="A1112">
         <v>1111</v>
       </c>
       <c r="B1112" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="1113" spans="1:2">
       <c r="A1113">
         <v>1112</v>
       </c>
       <c r="B1113" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="1114" spans="1:2">
       <c r="A1114">
         <v>1113</v>
       </c>
       <c r="B1114" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="1115" spans="1:2">
       <c r="A1115">
         <v>1114</v>
       </c>
       <c r="B1115" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="1116" spans="1:2">
       <c r="A1116">
         <v>1115</v>
       </c>
       <c r="B1116" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="1117" spans="1:2">
       <c r="A1117">
         <v>1116</v>
       </c>
       <c r="B1117" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="1118" spans="1:2">
       <c r="A1118">
         <v>1117</v>
       </c>
       <c r="B1118" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="1119" spans="1:2">
       <c r="A1119">
         <v>1118</v>
       </c>
       <c r="B1119" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="1120" spans="1:2">
       <c r="A1120">
         <v>1119</v>
       </c>
       <c r="B1120" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="1121" spans="1:2">
       <c r="A1121">
         <v>1120</v>
       </c>
       <c r="B1121" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="1122" spans="1:2">
       <c r="A1122">
         <v>1121</v>
       </c>
       <c r="B1122" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="1123" spans="1:2">
       <c r="A1123">
         <v>1122</v>
       </c>
       <c r="B1123" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="1124" spans="1:2">
       <c r="A1124">
         <v>1123</v>
       </c>
       <c r="B1124" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1125" spans="1:2">
       <c r="A1125">
         <v>1124</v>
       </c>
       <c r="B1125" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="1126" spans="1:2">
       <c r="A1126">
         <v>1125</v>
       </c>
       <c r="B1126" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="1127" spans="1:2">
       <c r="A1127">
         <v>1126</v>
       </c>
       <c r="B1127" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="1128" spans="1:2">
       <c r="A1128">
         <v>1127</v>
       </c>
       <c r="B1128" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="1129" spans="1:2">
       <c r="A1129">
         <v>1128</v>
       </c>
       <c r="B1129" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="1130" spans="1:2">
       <c r="A1130">
         <v>1129</v>
       </c>
       <c r="B1130" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="1131" spans="1:2">
       <c r="A1131">
         <v>1130</v>
       </c>
       <c r="B1131" t="s">
-        <v>1082</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="1132" spans="1:2">
       <c r="A1132">
         <v>1131</v>
       </c>
       <c r="B1132" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="1133" spans="1:2">
       <c r="A1133">
         <v>1132</v>
       </c>
       <c r="B1133" t="s">
-        <v>1219</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="1134" spans="1:2">
       <c r="A1134">
         <v>1133</v>
       </c>
       <c r="B1134" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="1135" spans="1:2">
       <c r="A1135">
         <v>1134</v>
       </c>
       <c r="B1135" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="1136" spans="1:2">
       <c r="A1136">
         <v>1135</v>
       </c>
       <c r="B1136" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="1137" spans="1:2">
       <c r="A1137">
         <v>1136</v>
       </c>
       <c r="B1137" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="1138" spans="1:2">
       <c r="A1138">
         <v>1137</v>
       </c>
       <c r="B1138" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="1139" spans="1:2">
       <c r="A1139">
         <v>1138</v>
       </c>
       <c r="B1139" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="1140" spans="1:2">
       <c r="A1140">
         <v>1139</v>
       </c>
       <c r="B1140" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="1141" spans="1:2">
       <c r="A1141">
         <v>1140</v>
       </c>
       <c r="B1141" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="1142" spans="1:2">
       <c r="A1142">
         <v>1141</v>
       </c>
       <c r="B1142" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="1143" spans="1:2">
       <c r="A1143">
         <v>1142</v>
       </c>
       <c r="B1143" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="1144" spans="1:2">
       <c r="A1144">
         <v>1143</v>
       </c>
       <c r="B1144" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="1145" spans="1:2">
       <c r="A1145">
         <v>1144</v>
       </c>
       <c r="B1145" t="s">
-        <v>1082</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="1146" spans="1:2">
       <c r="A1146">
         <v>1145</v>
       </c>
       <c r="B1146" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="1147" spans="1:2">
       <c r="A1147">
         <v>1146</v>
       </c>
       <c r="B1147" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="1148" spans="1:2">
       <c r="A1148">
         <v>1147</v>
       </c>
       <c r="B1148" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="1149" spans="1:2">
       <c r="A1149">
         <v>1148</v>
       </c>
       <c r="B1149" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="1150" spans="1:2">
       <c r="A1150">
         <v>1149</v>
       </c>
       <c r="B1150" t="s">
-        <v>1235</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="1151" spans="1:2">
       <c r="A1151">
         <v>1150</v>
       </c>
       <c r="B1151" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="1152" spans="1:2">
       <c r="A1152">
         <v>1151</v>
       </c>
       <c r="B1152" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="1153" spans="1:2">
       <c r="A1153">
         <v>1152</v>
       </c>
       <c r="B1153" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="1154" spans="1:2">
       <c r="A1154">
         <v>1153</v>
       </c>
       <c r="B1154" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="1155" spans="1:2">
       <c r="A1155">
         <v>1154</v>
       </c>
       <c r="B1155" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="1156" spans="1:2">
       <c r="A1156">
         <v>1155</v>
       </c>
       <c r="B1156" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="1157" spans="1:2">
       <c r="A1157">
         <v>1156</v>
       </c>
       <c r="B1157" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="1158" spans="1:2">
       <c r="A1158">
         <v>1157</v>
       </c>
       <c r="B1158" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="1159" spans="1:2">
       <c r="A1159">
         <v>1158</v>
       </c>
       <c r="B1159" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="1160" spans="1:2">
       <c r="A1160">
         <v>1159</v>
       </c>
       <c r="B1160" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="1161" spans="1:2">
       <c r="A1161">
         <v>1160</v>
       </c>
       <c r="B1161" t="s">
-        <v>1217</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="1162" spans="1:2">
       <c r="A1162">
         <v>1161</v>
       </c>
       <c r="B1162" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="1163" spans="1:2">
       <c r="A1163">
         <v>1162</v>
       </c>
       <c r="B1163" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="1164" spans="1:2">
       <c r="A1164">
         <v>1163</v>
       </c>
       <c r="B1164" t="s">
-        <v>1248</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="1165" spans="1:2">
       <c r="A1165">
         <v>1164</v>
       </c>
       <c r="B1165" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="1166" spans="1:2">
       <c r="A1166">
         <v>1165</v>
       </c>
       <c r="B1166" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="1167" spans="1:2">
       <c r="A1167">
         <v>1166</v>
       </c>
       <c r="B1167" t="s">
-        <v>275</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="1168" spans="1:2">
       <c r="A1168">
         <v>1167</v>
       </c>
       <c r="B1168" t="s">
-        <v>278</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="1169" spans="1:2">
       <c r="A1169">
         <v>1168</v>
       </c>
       <c r="B1169" t="s">
-        <v>280</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="1170" spans="1:2">
       <c r="A1170">
         <v>1169</v>
       </c>
       <c r="B1170" t="s">
-        <v>276</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="1171" spans="1:2">
       <c r="A1171">
         <v>1170</v>
       </c>
       <c r="B1171" t="s">
-        <v>117</v>
+        <v>282</v>
       </c>
     </row>
     <row r="1172" spans="1:2">
       <c r="A1172">
         <v>1171</v>
       </c>
       <c r="B1172" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1173" spans="1:2">
       <c r="A1173">
         <v>1172</v>
       </c>
       <c r="B1173" t="s">
-        <v>46</v>
+        <v>287</v>
       </c>
     </row>
     <row r="1174" spans="1:2">
       <c r="A1174">
         <v>1173</v>
       </c>
       <c r="B1174" t="s">
-        <v>50</v>
+        <v>283</v>
       </c>
     </row>
     <row r="1175" spans="1:2">
       <c r="A1175">
         <v>1174</v>
       </c>
       <c r="B1175" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
     </row>
     <row r="1176" spans="1:2">
       <c r="A1176">
         <v>1175</v>
       </c>
       <c r="B1176" t="s">
-        <v>52</v>
+        <v>286</v>
       </c>
     </row>
     <row r="1177" spans="1:2">
       <c r="A1177">
         <v>1176</v>
       </c>
       <c r="B1177" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="1178" spans="1:2">
       <c r="A1178">
         <v>1177</v>
       </c>
       <c r="B1178" t="s">
-        <v>281</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1179" spans="1:2">
       <c r="A1179">
         <v>1178</v>
       </c>
       <c r="B1179" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
     </row>
     <row r="1180" spans="1:2">
       <c r="A1180">
         <v>1179</v>
       </c>
       <c r="B1180" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="1181" spans="1:2">
       <c r="A1181">
         <v>1180</v>
       </c>
       <c r="B1181" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
     </row>
     <row r="1182" spans="1:2">
       <c r="A1182">
         <v>1181</v>
       </c>
       <c r="B1182" t="s">
-        <v>1251</v>
+        <v>288</v>
       </c>
     </row>
     <row r="1183" spans="1:2">
       <c r="A1183">
         <v>1182</v>
       </c>
       <c r="B1183" t="s">
-        <v>416</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1184" spans="1:2">
       <c r="A1184">
         <v>1183</v>
       </c>
       <c r="B1184" t="s">
-        <v>370</v>
+        <v>56</v>
       </c>
     </row>
     <row r="1185" spans="1:2">
       <c r="A1185">
         <v>1184</v>
       </c>
       <c r="B1185" t="s">
-        <v>1252</v>
+        <v>53</v>
       </c>
     </row>
     <row r="1186" spans="1:2">
       <c r="A1186">
         <v>1185</v>
       </c>
       <c r="B1186" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="1187" spans="1:2">
       <c r="A1187">
         <v>1186</v>
       </c>
       <c r="B1187" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
     </row>
     <row r="1188" spans="1:2">
       <c r="A1188">
         <v>1187</v>
       </c>
       <c r="B1188" t="s">
-        <v>387</v>
+        <v>376</v>
       </c>
     </row>
     <row r="1189" spans="1:2">
       <c r="A1189">
         <v>1188</v>
       </c>
       <c r="B1189" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="1190" spans="1:2">
       <c r="A1190">
         <v>1189</v>
       </c>
       <c r="B1190" t="s">
-        <v>171</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="1191" spans="1:2">
       <c r="A1191">
         <v>1190</v>
       </c>
       <c r="B1191" t="s">
-        <v>54</v>
+        <v>422</v>
       </c>
     </row>
     <row r="1192" spans="1:2">
       <c r="A1192">
         <v>1191</v>
       </c>
       <c r="B1192" t="s">
-        <v>351</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1193" spans="1:2">
       <c r="A1193">
         <v>1192</v>
       </c>
       <c r="B1193" t="s">
-        <v>354</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="1194" spans="1:2">
       <c r="A1194">
         <v>1193</v>
       </c>
       <c r="B1194" t="s">
-        <v>356</v>
+        <v>174</v>
       </c>
     </row>
     <row r="1195" spans="1:2">
       <c r="A1195">
         <v>1194</v>
       </c>
       <c r="B1195" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
     </row>
     <row r="1196" spans="1:2">
       <c r="A1196">
         <v>1195</v>
       </c>
       <c r="B1196" t="s">
-        <v>465</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1197" spans="1:2">
       <c r="A1197">
         <v>1196</v>
       </c>
       <c r="B1197" t="s">
-        <v>1255</v>
+        <v>362</v>
       </c>
     </row>
     <row r="1198" spans="1:2">
       <c r="A1198">
         <v>1197</v>
       </c>
       <c r="B1198" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
     </row>
     <row r="1199" spans="1:2">
       <c r="A1199">
         <v>1198</v>
       </c>
       <c r="B1199" t="s">
-        <v>400</v>
+        <v>488</v>
       </c>
     </row>
     <row r="1200" spans="1:2">
       <c r="A1200">
         <v>1199</v>
       </c>
       <c r="B1200" t="s">
-        <v>266</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="1201" spans="1:2">
       <c r="A1201">
         <v>1200</v>
       </c>
       <c r="B1201" t="s">
-        <v>38</v>
+        <v>359</v>
       </c>
     </row>
     <row r="1202" spans="1:2">
       <c r="A1202">
         <v>1201</v>
       </c>
       <c r="B1202" t="s">
-        <v>263</v>
+        <v>407</v>
       </c>
     </row>
     <row r="1203" spans="1:2">
       <c r="A1203">
         <v>1202</v>
       </c>
       <c r="B1203" t="s">
-        <v>416</v>
+        <v>272</v>
       </c>
     </row>
     <row r="1204" spans="1:2">
       <c r="A1204">
         <v>1203</v>
       </c>
       <c r="B1204" t="s">
-        <v>1256</v>
+        <v>269</v>
       </c>
     </row>
     <row r="1205" spans="1:2">
       <c r="A1205">
         <v>1204</v>
       </c>
       <c r="B1205" t="s">
-        <v>116</v>
+        <v>423</v>
       </c>
     </row>
     <row r="1206" spans="1:2">
       <c r="A1206">
         <v>1205</v>
       </c>
       <c r="B1206" t="s">
-        <v>1257</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="1207" spans="1:2">
       <c r="A1207">
         <v>1206</v>
       </c>
       <c r="B1207" t="s">
-        <v>1258</v>
+        <v>122</v>
       </c>
     </row>
     <row r="1208" spans="1:2">
       <c r="A1208">
         <v>1207</v>
       </c>
       <c r="B1208" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="1209" spans="1:2">
       <c r="A1209">
         <v>1208</v>
       </c>
       <c r="B1209" t="s">
-        <v>1251</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="1210" spans="1:2">
       <c r="A1210">
         <v>1209</v>
       </c>
       <c r="B1210" t="s">
-        <v>416</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="1211" spans="1:2">
       <c r="A1211">
         <v>1210</v>
       </c>
       <c r="B1211" t="s">
-        <v>1092</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="1212" spans="1:2">
       <c r="A1212">
         <v>1211</v>
       </c>
       <c r="B1212" t="s">
-        <v>1260</v>
+        <v>423</v>
       </c>
     </row>
     <row r="1213" spans="1:2">
       <c r="A1213">
         <v>1212</v>
       </c>
       <c r="B1213" t="s">
-        <v>56</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="1214" spans="1:2">
       <c r="A1214">
         <v>1213</v>
       </c>
       <c r="B1214" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="1215" spans="1:2">
       <c r="A1215">
         <v>1214</v>
       </c>
       <c r="B1215" t="s">
-        <v>471</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1216" spans="1:2">
       <c r="A1216">
         <v>1215</v>
       </c>
       <c r="B1216" t="s">
-        <v>402</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="1217" spans="1:2">
       <c r="A1217">
         <v>1216</v>
       </c>
       <c r="B1217" t="s">
-        <v>1262</v>
+        <v>473</v>
       </c>
     </row>
     <row r="1218" spans="1:2">
       <c r="A1218">
         <v>1217</v>
       </c>
       <c r="B1218" t="s">
-        <v>473</v>
+        <v>409</v>
       </c>
     </row>
     <row r="1219" spans="1:2">
       <c r="A1219">
         <v>1218</v>
       </c>
       <c r="B1219" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="1220" spans="1:2">
       <c r="A1220">
         <v>1219</v>
       </c>
       <c r="B1220" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="1221" spans="1:2">
       <c r="A1221">
         <v>1220</v>
       </c>
       <c r="B1221" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="1222" spans="1:2">
       <c r="A1222">
         <v>1221</v>
       </c>
       <c r="B1222" t="s">
-        <v>59</v>
+        <v>484</v>
       </c>
     </row>
     <row r="1223" spans="1:2">
       <c r="A1223">
         <v>1222</v>
       </c>
       <c r="B1223" t="s">
-        <v>265</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="1224" spans="1:2">
       <c r="A1224">
         <v>1223</v>
       </c>
       <c r="B1224" t="s">
-        <v>264</v>
+        <v>468</v>
       </c>
     </row>
     <row r="1225" spans="1:2">
       <c r="A1225">
         <v>1224</v>
       </c>
       <c r="B1225" t="s">
-        <v>125</v>
+        <v>64</v>
       </c>
     </row>
     <row r="1226" spans="1:2">
       <c r="A1226">
         <v>1225</v>
       </c>
       <c r="B1226" t="s">
-        <v>326</v>
+        <v>271</v>
       </c>
     </row>
     <row r="1227" spans="1:2">
       <c r="A1227">
         <v>1226</v>
       </c>
       <c r="B1227" t="s">
-        <v>55</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1228" spans="1:2">
       <c r="A1228">
         <v>1227</v>
       </c>
       <c r="B1228" t="s">
-        <v>1265</v>
+        <v>131</v>
       </c>
     </row>
     <row r="1229" spans="1:2">
       <c r="A1229">
         <v>1228</v>
       </c>
       <c r="B1229" t="s">
-        <v>1266</v>
+        <v>331</v>
       </c>
     </row>
     <row r="1230" spans="1:2">
       <c r="A1230">
         <v>1229</v>
       </c>
       <c r="B1230" t="s">
-        <v>1267</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1231" spans="1:2">
       <c r="A1231">
         <v>1230</v>
       </c>
       <c r="B1231" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="1232" spans="1:2">
       <c r="A1232">
         <v>1231</v>
       </c>
       <c r="B1232" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="1233" spans="1:2">
       <c r="A1233">
         <v>1232</v>
       </c>
       <c r="B1233" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="1234" spans="1:2">
       <c r="A1234">
         <v>1233</v>
       </c>
       <c r="B1234" t="s">
-        <v>301</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="1235" spans="1:2">
       <c r="A1235">
         <v>1234</v>
       </c>
       <c r="B1235" t="s">
-        <v>487</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="1236" spans="1:2">
       <c r="A1236">
         <v>1235</v>
       </c>
       <c r="B1236" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="1237" spans="1:2">
       <c r="A1237">
         <v>1236</v>
       </c>
       <c r="B1237" t="s">
-        <v>1272</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1238" spans="1:2">
       <c r="A1238">
         <v>1237</v>
       </c>
       <c r="B1238" t="s">
-        <v>352</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1239" spans="1:2">
       <c r="A1239">
         <v>1238</v>
       </c>
       <c r="B1239" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="1240" spans="1:2">
       <c r="A1240">
         <v>1239</v>
       </c>
       <c r="B1240" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="1241" spans="1:2">
       <c r="A1241">
         <v>1240</v>
       </c>
       <c r="B1241" t="s">
-        <v>1275</v>
+        <v>358</v>
       </c>
     </row>
     <row r="1242" spans="1:2">
       <c r="A1242">
         <v>1241</v>
       </c>
       <c r="B1242" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="1243" spans="1:2">
       <c r="A1243">
         <v>1242</v>
       </c>
       <c r="B1243" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="1244" spans="1:2">
       <c r="A1244">
         <v>1243</v>
       </c>
       <c r="B1244" t="s">
-        <v>452</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="1245" spans="1:2">
       <c r="A1245">
         <v>1244</v>
       </c>
       <c r="B1245" t="s">
-        <v>1278</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="1246" spans="1:2">
       <c r="A1246">
         <v>1245</v>
       </c>
       <c r="B1246" t="s">
-        <v>1279</v>
+        <v>463</v>
       </c>
     </row>
     <row r="1247" spans="1:2">
       <c r="A1247">
         <v>1246</v>
       </c>
       <c r="B1247" t="s">
-        <v>302</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="1248" spans="1:2">
       <c r="A1248">
         <v>1247</v>
       </c>
       <c r="B1248" t="s">
-        <v>495</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="1249" spans="1:2">
       <c r="A1249">
         <v>1248</v>
       </c>
       <c r="B1249" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
     </row>
     <row r="1250" spans="1:2">
       <c r="A1250">
         <v>1249</v>
       </c>
       <c r="B1250" t="s">
-        <v>66</v>
+        <v>509</v>
       </c>
     </row>
     <row r="1251" spans="1:2">
       <c r="A1251">
         <v>1250</v>
       </c>
       <c r="B1251" t="s">
-        <v>450</v>
+        <v>306</v>
       </c>
     </row>
     <row r="1252" spans="1:2">
       <c r="A1252">
         <v>1251</v>
       </c>
       <c r="B1252" t="s">
-        <v>1280</v>
+        <v>208</v>
       </c>
     </row>
     <row r="1253" spans="1:2">
       <c r="A1253">
         <v>1252</v>
       </c>
       <c r="B1253" t="s">
-        <v>1281</v>
+        <v>461</v>
       </c>
     </row>
     <row r="1254" spans="1:2">
       <c r="A1254">
         <v>1253</v>
       </c>
       <c r="B1254" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="1255" spans="1:2">
       <c r="A1255">
         <v>1254</v>
       </c>
       <c r="B1255" t="s">
-        <v>241</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="1256" spans="1:2">
       <c r="A1256">
         <v>1255</v>
       </c>
       <c r="B1256" t="s">
-        <v>496</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="1257" spans="1:2">
       <c r="A1257">
         <v>1256</v>
       </c>
       <c r="B1257" t="s">
-        <v>240</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="1258" spans="1:2">
       <c r="A1258">
         <v>1257</v>
       </c>
       <c r="B1258" t="s">
-        <v>277</v>
+        <v>249</v>
       </c>
     </row>
     <row r="1259" spans="1:2">
       <c r="A1259">
         <v>1258</v>
       </c>
       <c r="B1259" t="s">
-        <v>1283</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1260" spans="1:2">
       <c r="A1260">
         <v>1259</v>
       </c>
       <c r="B1260" t="s">
-        <v>347</v>
+        <v>248</v>
       </c>
     </row>
     <row r="1261" spans="1:2">
       <c r="A1261">
         <v>1260</v>
       </c>
       <c r="B1261" t="s">
-        <v>198</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="1262" spans="1:2">
       <c r="A1262">
         <v>1261</v>
       </c>
       <c r="B1262" t="s">
-        <v>402</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1263" spans="1:2">
       <c r="A1263">
         <v>1262</v>
       </c>
       <c r="B1263" t="s">
-        <v>451</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1264" spans="1:2">
       <c r="A1264">
         <v>1263</v>
       </c>
       <c r="B1264" t="s">
-        <v>1284</v>
+        <v>409</v>
       </c>
     </row>
     <row r="1265" spans="1:2">
       <c r="A1265">
         <v>1264</v>
       </c>
       <c r="B1265" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="1266" spans="1:2">
       <c r="A1266">
         <v>1265</v>
       </c>
       <c r="B1266" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="1267" spans="1:2">
       <c r="A1267">
         <v>1266</v>
       </c>
       <c r="B1267" t="s">
-        <v>1287</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1268" spans="1:2">
       <c r="A1268">
         <v>1267</v>
       </c>
       <c r="B1268" t="s">
-        <v>34</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="1269" spans="1:2">
       <c r="A1269">
         <v>1268</v>
       </c>
       <c r="B1269" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="1270" spans="1:2">
       <c r="A1270">
         <v>1269</v>
       </c>
       <c r="B1270" t="s">
-        <v>1289</v>
+        <v>499</v>
       </c>
     </row>
     <row r="1271" spans="1:2">
       <c r="A1271">
         <v>1270</v>
       </c>
       <c r="B1271" t="s">
-        <v>486</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="1272" spans="1:2">
       <c r="A1272">
         <v>1271</v>
       </c>
       <c r="B1272" t="s">
-        <v>1290</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="1273" spans="1:2">
       <c r="A1273">
         <v>1272</v>
       </c>
       <c r="B1273" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="1274" spans="1:2">
       <c r="A1274">
         <v>1273</v>
       </c>
       <c r="B1274" t="s">
-        <v>1292</v>
+        <v>437</v>
       </c>
     </row>
     <row r="1275" spans="1:2">
       <c r="A1275">
         <v>1274</v>
       </c>
       <c r="B1275" t="s">
-        <v>431</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="1276" spans="1:2">
       <c r="A1276">
         <v>1275</v>
       </c>
       <c r="B1276" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="1277" spans="1:2">
       <c r="A1277">
         <v>1276</v>
       </c>
       <c r="B1277" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="1278" spans="1:2">
       <c r="A1278">
         <v>1277</v>
       </c>
       <c r="B1278" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1279" spans="1:2">
       <c r="A1279">
         <v>1278</v>
       </c>
       <c r="B1279" t="s">
-        <v>487</v>
+        <v>284</v>
       </c>
     </row>
     <row r="1280" spans="1:2">
       <c r="A1280">
         <v>1279</v>
       </c>
       <c r="B1280" t="s">
-        <v>1295</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1281" spans="1:2">
       <c r="A1281">
         <v>1280</v>
       </c>
       <c r="B1281" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="1282" spans="1:2">
       <c r="A1282">
         <v>1281</v>
       </c>
       <c r="B1282" t="s">
-        <v>1296</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="1283" spans="1:2">
       <c r="A1283">
         <v>1282</v>
       </c>
       <c r="B1283" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="1284" spans="1:2">
       <c r="A1284">
         <v>1283</v>
       </c>
       <c r="B1284" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="1285" spans="1:2">
       <c r="A1285">
         <v>1284</v>
       </c>
       <c r="B1285" t="s">
-        <v>1298</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="1286" spans="1:2">
       <c r="A1286">
         <v>1285</v>
       </c>
       <c r="B1286" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="1287" spans="1:2">
       <c r="A1287">
         <v>1286</v>
       </c>
       <c r="B1287" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="1288" spans="1:2">
       <c r="A1288">
         <v>1287</v>
       </c>
       <c r="B1288" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="1289" spans="1:2">
       <c r="A1289">
         <v>1288</v>
       </c>
       <c r="B1289" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="1290" spans="1:2">
       <c r="A1290">
         <v>1289</v>
       </c>
       <c r="B1290" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="1291" spans="1:2">
       <c r="A1291">
         <v>1290</v>
       </c>
       <c r="B1291" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="1292" spans="1:2">
       <c r="A1292">
         <v>1291</v>
       </c>
       <c r="B1292" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="1293" spans="1:2">
       <c r="A1293">
         <v>1292</v>
       </c>
       <c r="B1293" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="1294" spans="1:2">
       <c r="A1294">
         <v>1293</v>
       </c>
       <c r="B1294" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="1295" spans="1:2">
       <c r="A1295">
         <v>1294</v>
       </c>
       <c r="B1295" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="1296" spans="1:2">
       <c r="A1296">
         <v>1295</v>
       </c>
       <c r="B1296" t="s">
-        <v>1309</v>
+        <v>39</v>
       </c>
     </row>
     <row r="1297" spans="1:2">
       <c r="A1297">
         <v>1296</v>
       </c>
       <c r="B1297" t="s">
-        <v>1310</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1298" spans="1:2">
       <c r="A1298">
         <v>1297</v>
       </c>
       <c r="B1298" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="1299" spans="1:2">
       <c r="A1299">
         <v>1298</v>
       </c>
       <c r="B1299" t="s">
-        <v>1312</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1300" spans="1:2">
       <c r="A1300">
         <v>1299</v>
       </c>
       <c r="B1300" t="s">
-        <v>34</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="1301" spans="1:2">
       <c r="A1301">
         <v>1300</v>
       </c>
       <c r="B1301" t="s">
-        <v>449</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="1302" spans="1:2">
       <c r="A1302">
         <v>1301</v>
       </c>
       <c r="B1302" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="1303" spans="1:2">
       <c r="A1303">
         <v>1302</v>
       </c>
       <c r="B1303" t="s">
-        <v>1314</v>
+        <v>482</v>
       </c>
     </row>
     <row r="1304" spans="1:2">
       <c r="A1304">
         <v>1303</v>
       </c>
       <c r="B1304" t="s">
-        <v>269</v>
+        <v>483</v>
       </c>
     </row>
     <row r="1305" spans="1:2">
       <c r="A1305">
         <v>1304</v>
       </c>
       <c r="B1305" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="1306" spans="1:2">
       <c r="A1306">
         <v>1305</v>
       </c>
       <c r="B1306" t="s">
-        <v>1292</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="1307" spans="1:2">
       <c r="A1307">
         <v>1306</v>
       </c>
       <c r="B1307" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="1308" spans="1:2">
       <c r="A1308">
         <v>1307</v>
       </c>
       <c r="B1308" t="s">
-        <v>469</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1309" spans="1:2">
       <c r="A1309">
         <v>1308</v>
       </c>
       <c r="B1309" t="s">
-        <v>470</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="1310" spans="1:2">
       <c r="A1310">
         <v>1309</v>
       </c>
       <c r="B1310" t="s">
-        <v>1317</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1311" spans="1:2">
       <c r="A1311">
         <v>1310</v>
       </c>
       <c r="B1311" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="1312" spans="1:2">
       <c r="A1312">
         <v>1311</v>
       </c>
       <c r="B1312" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="1313" spans="1:2">
       <c r="A1313">
         <v>1312</v>
       </c>
       <c r="B1313" t="s">
-        <v>1319</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="1314" spans="1:2">
       <c r="A1314">
         <v>1313</v>
       </c>
       <c r="B1314" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="1315" spans="1:2">
       <c r="A1315">
         <v>1314</v>
       </c>
       <c r="B1315" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="1316" spans="1:2">
       <c r="A1316">
         <v>1315</v>
       </c>
       <c r="B1316" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1317" spans="1:2">
       <c r="A1317">
         <v>1316</v>
       </c>
       <c r="B1317" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="1318" spans="1:2">
       <c r="A1318">
         <v>1317</v>
       </c>
       <c r="B1318" t="s">
-        <v>1251</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="1319" spans="1:2">
       <c r="A1319">
         <v>1318</v>
       </c>
       <c r="B1319" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="1320" spans="1:2">
       <c r="A1320">
         <v>1319</v>
       </c>
       <c r="B1320" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="1321" spans="1:2">
       <c r="A1321">
         <v>1320</v>
       </c>
       <c r="B1321" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="1322" spans="1:2">
       <c r="A1322">
         <v>1321</v>
       </c>
       <c r="B1322" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="1323" spans="1:2">
       <c r="A1323">
         <v>1322</v>
       </c>
       <c r="B1323" t="s">
-        <v>1326</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1324" spans="1:2">
       <c r="A1324">
         <v>1323</v>
       </c>
       <c r="B1324" t="s">
-        <v>1327</v>
+        <v>478</v>
       </c>
     </row>
     <row r="1325" spans="1:2">
       <c r="A1325">
         <v>1324</v>
       </c>
       <c r="B1325" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="1326" spans="1:2">
       <c r="A1326">
         <v>1325</v>
       </c>
       <c r="B1326" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="1327" spans="1:2">
       <c r="A1327">
         <v>1326</v>
       </c>
       <c r="B1327" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="1328" spans="1:2">
       <c r="A1328">
         <v>1327</v>
       </c>
       <c r="B1328" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="1329" spans="1:2">
       <c r="A1329">
         <v>1328</v>
       </c>
       <c r="B1329" t="s">
-        <v>54</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="1330" spans="1:2">
       <c r="A1330">
         <v>1329</v>
       </c>
       <c r="B1330" t="s">
-        <v>464</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1331" spans="1:2">
       <c r="A1331">
         <v>1330</v>
       </c>
       <c r="B1331" t="s">
-        <v>1332</v>
+        <v>17</v>
       </c>
     </row>
     <row r="1332" spans="1:2">
       <c r="A1332">
         <v>1331</v>
       </c>
       <c r="B1332" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="1333" spans="1:2">
       <c r="A1333">
         <v>1332</v>
       </c>
       <c r="B1333" t="s">
-        <v>1334</v>
+        <v>501</v>
       </c>
     </row>
     <row r="1334" spans="1:2">
       <c r="A1334">
         <v>1333</v>
       </c>
       <c r="B1334" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="1335" spans="1:2">
       <c r="A1335">
         <v>1334</v>
       </c>
       <c r="B1335" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="1336" spans="1:2">
       <c r="A1336">
         <v>1335</v>
       </c>
       <c r="B1336" t="s">
-        <v>363</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="1337" spans="1:2">
       <c r="A1337">
         <v>1336</v>
       </c>
       <c r="B1337" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="1338" spans="1:2">
       <c r="A1338">
         <v>1337</v>
       </c>
       <c r="B1338" t="s">
-        <v>488</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1339" spans="1:2">
       <c r="A1339">
         <v>1338</v>
       </c>
       <c r="B1339" t="s">
-        <v>1338</v>
+        <v>291</v>
       </c>
     </row>
     <row r="1340" spans="1:2">
       <c r="A1340">
         <v>1339</v>
       </c>
       <c r="B1340" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="1341" spans="1:2">
       <c r="A1341">
         <v>1340</v>
       </c>
       <c r="B1341" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="1342" spans="1:2">
       <c r="A1342">
         <v>1341</v>
       </c>
       <c r="B1342" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="1343" spans="1:2">
       <c r="A1343">
         <v>1342</v>
       </c>
       <c r="B1343" t="s">
-        <v>507</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="1344" spans="1:2">
       <c r="A1344">
         <v>1343</v>
       </c>
       <c r="B1344" t="s">
-        <v>284</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="1345" spans="1:2">
       <c r="A1345">
         <v>1344</v>
       </c>
       <c r="B1345" t="s">
-        <v>1342</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="1346" spans="1:2">
       <c r="A1346">
         <v>1345</v>
       </c>
       <c r="B1346" t="s">
-        <v>1343</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="1347" spans="1:2">
       <c r="A1347">
         <v>1346</v>
       </c>
       <c r="B1347" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="1348" spans="1:2">
       <c r="A1348">
         <v>1347</v>
       </c>
       <c r="B1348" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="1349" spans="1:2">
       <c r="A1349">
         <v>1348</v>
       </c>
       <c r="B1349" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="1350" spans="1:2">
       <c r="A1350">
         <v>1349</v>
       </c>
       <c r="B1350" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="1351" spans="1:2">
       <c r="A1351">
         <v>1350</v>
       </c>
       <c r="B1351" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="1352" spans="1:2">
       <c r="A1352">
         <v>1351</v>
       </c>
       <c r="B1352" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="1353" spans="1:2">
       <c r="A1353">
         <v>1352</v>
       </c>
       <c r="B1353" t="s">
-        <v>430</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="1354" spans="1:2">
       <c r="A1354">
         <v>1353</v>
       </c>
       <c r="B1354" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="1355" spans="1:2">
       <c r="A1355">
         <v>1354</v>
       </c>
       <c r="B1355" t="s">
-        <v>1351</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1356" spans="1:2">
       <c r="A1356">
         <v>1355</v>
       </c>
       <c r="B1356" t="s">
-        <v>483</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="1357" spans="1:2">
       <c r="A1357">
         <v>1356</v>
       </c>
       <c r="B1357" t="s">
-        <v>1321</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="1358" spans="1:2">
       <c r="A1358">
         <v>1357</v>
       </c>
       <c r="B1358" t="s">
-        <v>1352</v>
+        <v>494</v>
       </c>
     </row>
     <row r="1359" spans="1:2">
       <c r="A1359">
         <v>1358</v>
       </c>
       <c r="B1359" t="s">
-        <v>45</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="1360" spans="1:2">
       <c r="A1360">
         <v>1359</v>
       </c>
       <c r="B1360" t="s">
-        <v>59</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="1361" spans="1:2">
       <c r="A1361">
         <v>1360</v>
       </c>
       <c r="B1361" t="s">
-        <v>1353</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1362" spans="1:2">
       <c r="A1362">
         <v>1361</v>
       </c>
       <c r="B1362" t="s">
-        <v>1354</v>
+        <v>64</v>
       </c>
     </row>
     <row r="1363" spans="1:2">
       <c r="A1363">
         <v>1362</v>
       </c>
       <c r="B1363" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="1364" spans="1:2">
       <c r="A1364">
         <v>1363</v>
       </c>
       <c r="B1364" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="1365" spans="1:2">
       <c r="A1365">
         <v>1364</v>
       </c>
       <c r="B1365" t="s">
-        <v>1302</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="1366" spans="1:2">
       <c r="A1366">
         <v>1365</v>
       </c>
       <c r="B1366" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="1367" spans="1:2">
       <c r="A1367">
         <v>1366</v>
       </c>
       <c r="B1367" t="s">
-        <v>1358</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="1368" spans="1:2">
       <c r="A1368">
         <v>1367</v>
       </c>
       <c r="B1368" t="s">
-        <v>1296</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="1369" spans="1:2">
       <c r="A1369">
         <v>1368</v>
       </c>
       <c r="B1369" t="s">
-        <v>1358</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="1370" spans="1:2">
       <c r="A1370">
         <v>1369</v>
       </c>
       <c r="B1370" t="s">
-        <v>487</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="1371" spans="1:2">
       <c r="A1371">
         <v>1370</v>
       </c>
       <c r="B1371" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="1372" spans="1:2">
       <c r="A1372">
         <v>1371</v>
       </c>
       <c r="B1372" t="s">
-        <v>1292</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1373" spans="1:2">
       <c r="A1373">
         <v>1372</v>
       </c>
       <c r="B1373" t="s">
-        <v>1302</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="1374" spans="1:2">
       <c r="A1374">
         <v>1373</v>
       </c>
       <c r="B1374" t="s">
-        <v>402</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="1375" spans="1:2">
       <c r="A1375">
         <v>1374</v>
       </c>
       <c r="B1375" t="s">
-        <v>1360</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="1376" spans="1:2">
       <c r="A1376">
         <v>1375</v>
       </c>
       <c r="B1376" t="s">
-        <v>1361</v>
+        <v>409</v>
       </c>
     </row>
     <row r="1377" spans="1:2">
       <c r="A1377">
         <v>1376</v>
       </c>
       <c r="B1377" t="s">
-        <v>459</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="1378" spans="1:2">
       <c r="A1378">
         <v>1377</v>
       </c>
       <c r="B1378" t="s">
-        <v>1362</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="1379" spans="1:2">
       <c r="A1379">
         <v>1378</v>
       </c>
       <c r="B1379" t="s">
-        <v>1363</v>
+        <v>471</v>
       </c>
     </row>
     <row r="1380" spans="1:2">
       <c r="A1380">
         <v>1379</v>
       </c>
       <c r="B1380" t="s">
-        <v>1364</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="1381" spans="1:2">
       <c r="A1381">
         <v>1380</v>
       </c>
       <c r="B1381" t="s">
-        <v>467</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="1382" spans="1:2">
       <c r="A1382">
         <v>1381</v>
       </c>
       <c r="B1382" t="s">
-        <v>334</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="1383" spans="1:2">
       <c r="A1383">
         <v>1382</v>
       </c>
       <c r="B1383" t="s">
-        <v>1365</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1384" spans="1:2">
       <c r="A1384">
         <v>1383</v>
       </c>
       <c r="B1384" t="s">
-        <v>386</v>
+        <v>339</v>
       </c>
     </row>
     <row r="1385" spans="1:2">
       <c r="A1385">
         <v>1384</v>
       </c>
       <c r="B1385" t="s">
-        <v>232</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="1386" spans="1:2">
       <c r="A1386">
         <v>1385</v>
       </c>
       <c r="B1386" t="s">
-        <v>1366</v>
+        <v>394</v>
       </c>
     </row>
     <row r="1387" spans="1:2">
       <c r="A1387">
         <v>1386</v>
       </c>
       <c r="B1387" t="s">
-        <v>475</v>
+        <v>239</v>
       </c>
     </row>
     <row r="1388" spans="1:2">
       <c r="A1388">
         <v>1387</v>
       </c>
       <c r="B1388" t="s">
-        <v>1367</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="1389" spans="1:2">
       <c r="A1389">
         <v>1388</v>
       </c>
       <c r="B1389" t="s">
-        <v>1368</v>
+        <v>486</v>
       </c>
     </row>
     <row r="1390" spans="1:2">
       <c r="A1390">
         <v>1389</v>
       </c>
       <c r="B1390" t="s">
-        <v>468</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="1391" spans="1:2">
       <c r="A1391">
         <v>1390</v>
       </c>
       <c r="B1391" t="s">
-        <v>198</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="1392" spans="1:2">
       <c r="A1392">
         <v>1391</v>
       </c>
       <c r="B1392" t="s">
-        <v>198</v>
+        <v>481</v>
       </c>
     </row>
     <row r="1393" spans="1:2">
       <c r="A1393">
         <v>1392</v>
       </c>
       <c r="B1393" t="s">
-        <v>464</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1394" spans="1:2">
       <c r="A1394">
         <v>1393</v>
       </c>
       <c r="B1394" t="s">
-        <v>1369</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1395" spans="1:2">
       <c r="A1395">
         <v>1394</v>
       </c>
       <c r="B1395" t="s">
-        <v>459</v>
+        <v>478</v>
       </c>
     </row>
     <row r="1396" spans="1:2">
       <c r="A1396">
         <v>1395</v>
       </c>
       <c r="B1396" t="s">
-        <v>1370</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="1397" spans="1:2">
       <c r="A1397">
         <v>1396</v>
       </c>
       <c r="B1397" t="s">
-        <v>1371</v>
+        <v>471</v>
       </c>
     </row>
     <row r="1398" spans="1:2">
       <c r="A1398">
         <v>1397</v>
       </c>
       <c r="B1398" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="1399" spans="1:2">
       <c r="A1399">
         <v>1398</v>
       </c>
       <c r="B1399" t="s">
-        <v>54</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="1400" spans="1:2">
       <c r="A1400">
         <v>1399</v>
       </c>
       <c r="B1400" t="s">
-        <v>1257</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="1401" spans="1:2">
       <c r="A1401">
         <v>1400</v>
       </c>
       <c r="B1401" t="s">
-        <v>1373</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1402" spans="1:2">
       <c r="A1402">
         <v>1401</v>
       </c>
       <c r="B1402" t="s">
-        <v>1374</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="1403" spans="1:2">
       <c r="A1403">
         <v>1402</v>
       </c>
       <c r="B1403" t="s">
-        <v>453</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="1404" spans="1:2">
       <c r="A1404">
         <v>1403</v>
       </c>
       <c r="B1404" t="s">
-        <v>1375</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="1405" spans="1:2">
       <c r="A1405">
         <v>1404</v>
       </c>
       <c r="B1405" t="s">
-        <v>55</v>
+        <v>464</v>
       </c>
     </row>
     <row r="1406" spans="1:2">
       <c r="A1406">
         <v>1405</v>
       </c>
       <c r="B1406" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="1407" spans="1:2">
       <c r="A1407">
         <v>1406</v>
       </c>
       <c r="B1407" t="s">
-        <v>1377</v>
+        <v>59</v>
       </c>
     </row>
     <row r="1408" spans="1:2">
       <c r="A1408">
         <v>1407</v>
       </c>
       <c r="B1408" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="1409" spans="1:2">
       <c r="A1409">
         <v>1408</v>
       </c>
       <c r="B1409" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="1410" spans="1:2">
       <c r="A1410">
         <v>1409</v>
       </c>
       <c r="B1410" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="1411" spans="1:2">
       <c r="A1411">
         <v>1410</v>
       </c>
       <c r="B1411" t="s">
-        <v>1334</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="1412" spans="1:2">
       <c r="A1412">
         <v>1411</v>
       </c>
       <c r="B1412" t="s">
-        <v>1381</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="1413" spans="1:2">
       <c r="A1413">
         <v>1412</v>
       </c>
       <c r="B1413" t="s">
-        <v>1382</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="1414" spans="1:2">
       <c r="A1414">
         <v>1413</v>
       </c>
       <c r="B1414" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="1415" spans="1:2">
       <c r="A1415">
         <v>1414</v>
       </c>
       <c r="B1415" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="1416" spans="1:2">
       <c r="A1416">
         <v>1415</v>
       </c>
       <c r="B1416" t="s">
-        <v>267</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="1417" spans="1:2">
       <c r="A1417">
         <v>1416</v>
       </c>
       <c r="B1417" t="s">
-        <v>268</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="1418" spans="1:2">
       <c r="A1418">
         <v>1417</v>
       </c>
       <c r="B1418" t="s">
-        <v>1385</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="1419" spans="1:2">
       <c r="A1419">
         <v>1418</v>
       </c>
       <c r="B1419" t="s">
-        <v>1386</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="1420" spans="1:2">
       <c r="A1420">
         <v>1419</v>
       </c>
       <c r="B1420" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="1421" spans="1:2">
       <c r="A1421">
         <v>1420</v>
       </c>
       <c r="B1421" t="s">
-        <v>502</v>
+        <v>273</v>
       </c>
     </row>
     <row r="1422" spans="1:2">
       <c r="A1422">
         <v>1421</v>
       </c>
       <c r="B1422" t="s">
-        <v>59</v>
+        <v>274</v>
       </c>
     </row>
     <row r="1423" spans="1:2">
       <c r="A1423">
         <v>1422</v>
       </c>
       <c r="B1423" t="s">
-        <v>453</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="1424" spans="1:2">
       <c r="A1424">
         <v>1423</v>
       </c>
       <c r="B1424" t="s">
-        <v>482</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="1425" spans="1:2">
       <c r="A1425">
         <v>1424</v>
       </c>
       <c r="B1425" t="s">
-        <v>296</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="1426" spans="1:2">
       <c r="A1426">
         <v>1425</v>
       </c>
       <c r="B1426" t="s">
-        <v>296</v>
+        <v>514</v>
       </c>
     </row>
     <row r="1427" spans="1:2">
       <c r="A1427">
         <v>1426</v>
       </c>
       <c r="B1427" t="s">
-        <v>206</v>
+        <v>64</v>
       </c>
     </row>
     <row r="1428" spans="1:2">
       <c r="A1428">
         <v>1427</v>
       </c>
       <c r="B1428" t="s">
-        <v>216</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="1429" spans="1:2">
       <c r="A1429">
         <v>1428</v>
       </c>
       <c r="B1429" t="s">
-        <v>1387</v>
+        <v>464</v>
       </c>
     </row>
     <row r="1430" spans="1:2">
       <c r="A1430">
         <v>1429</v>
       </c>
       <c r="B1430" t="s">
-        <v>1388</v>
+        <v>493</v>
       </c>
     </row>
     <row r="1431" spans="1:2">
       <c r="A1431">
         <v>1430</v>
       </c>
       <c r="B1431" t="s">
-        <v>1389</v>
+        <v>302</v>
       </c>
     </row>
     <row r="1432" spans="1:2">
       <c r="A1432">
         <v>1431</v>
       </c>
       <c r="B1432" t="s">
-        <v>1390</v>
+        <v>302</v>
       </c>
     </row>
     <row r="1433" spans="1:2">
       <c r="A1433">
         <v>1432</v>
       </c>
       <c r="B1433" t="s">
-        <v>1391</v>
+        <v>207</v>
       </c>
     </row>
     <row r="1434" spans="1:2">
       <c r="A1434">
         <v>1433</v>
       </c>
       <c r="B1434" t="s">
-        <v>1392</v>
+        <v>217</v>
       </c>
     </row>
     <row r="1435" spans="1:2">
       <c r="A1435">
         <v>1434</v>
       </c>
       <c r="B1435" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="1436" spans="1:2">
       <c r="A1436">
         <v>1435</v>
       </c>
       <c r="B1436" t="s">
-        <v>214</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="1437" spans="1:2">
       <c r="A1437">
         <v>1436</v>
       </c>
       <c r="B1437" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="1438" spans="1:2">
       <c r="A1438">
         <v>1437</v>
       </c>
       <c r="B1438" t="s">
-        <v>211</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="1439" spans="1:2">
       <c r="A1439">
         <v>1438</v>
       </c>
       <c r="B1439" t="s">
-        <v>1395</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="1440" spans="1:2">
       <c r="A1440">
         <v>1439</v>
       </c>
       <c r="B1440" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="1441" spans="1:2">
       <c r="A1441">
         <v>1440</v>
       </c>
       <c r="B1441" t="s">
-        <v>325</v>
+        <v>216</v>
       </c>
     </row>
     <row r="1442" spans="1:2">
       <c r="A1442">
         <v>1441</v>
       </c>
       <c r="B1442" t="s">
-        <v>199</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="1443" spans="1:2">
       <c r="A1443">
         <v>1442</v>
       </c>
       <c r="B1443" t="s">
-        <v>459</v>
+        <v>213</v>
       </c>
     </row>
     <row r="1444" spans="1:2">
       <c r="A1444">
         <v>1443</v>
       </c>
       <c r="B1444" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="1445" spans="1:2">
       <c r="A1445">
         <v>1444</v>
       </c>
       <c r="B1445" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="1446" spans="1:2">
       <c r="A1446">
         <v>1445</v>
       </c>
       <c r="B1446" t="s">
-        <v>1399</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1447" spans="1:2">
       <c r="A1447">
         <v>1446</v>
       </c>
       <c r="B1447" t="s">
-        <v>1400</v>
+        <v>201</v>
       </c>
     </row>
     <row r="1448" spans="1:2">
       <c r="A1448">
         <v>1447</v>
       </c>
       <c r="B1448" t="s">
-        <v>1401</v>
+        <v>471</v>
       </c>
     </row>
     <row r="1449" spans="1:2">
       <c r="A1449">
         <v>1448</v>
       </c>
       <c r="B1449" t="s">
-        <v>1402</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="1450" spans="1:2">
       <c r="A1450">
         <v>1449</v>
       </c>
       <c r="B1450" t="s">
-        <v>54</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="1451" spans="1:2">
       <c r="A1451">
         <v>1450</v>
       </c>
       <c r="B1451" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="1452" spans="1:2">
       <c r="A1452">
         <v>1451</v>
       </c>
       <c r="B1452" t="s">
-        <v>1403</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="1453" spans="1:2">
       <c r="A1453">
         <v>1452</v>
       </c>
       <c r="B1453" t="s">
-        <v>1404</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="1454" spans="1:2">
       <c r="A1454">
         <v>1453</v>
       </c>
       <c r="B1454" t="s">
-        <v>464</v>
+        <v>478</v>
       </c>
     </row>
     <row r="1455" spans="1:2">
       <c r="A1455">
         <v>1454</v>
       </c>
       <c r="B1455" t="s">
-        <v>1405</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="1456" spans="1:2">
       <c r="A1456">
         <v>1455</v>
       </c>
       <c r="B1456" t="s">
-        <v>1406</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1457" spans="1:2">
       <c r="A1457">
         <v>1456</v>
       </c>
       <c r="B1457" t="s">
-        <v>1407</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="1458" spans="1:2">
       <c r="A1458">
         <v>1457</v>
       </c>
       <c r="B1458" t="s">
-        <v>1408</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="1459" spans="1:2">
       <c r="A1459">
         <v>1458</v>
       </c>
       <c r="B1459" t="s">
-        <v>463</v>
+        <v>477</v>
       </c>
     </row>
     <row r="1460" spans="1:2">
       <c r="A1460">
         <v>1459</v>
       </c>
       <c r="B1460" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="1461" spans="1:2">
       <c r="A1461">
         <v>1460</v>
       </c>
       <c r="B1461" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="1462" spans="1:2">
       <c r="A1462">
         <v>1461</v>
       </c>
       <c r="B1462" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="1463" spans="1:2">
       <c r="A1463">
         <v>1462</v>
       </c>
       <c r="B1463" t="s">
-        <v>1412</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="1464" spans="1:2">
       <c r="A1464">
         <v>1463</v>
       </c>
       <c r="B1464" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="1465" spans="1:2">
       <c r="A1465">
         <v>1464</v>
       </c>
       <c r="B1465" t="s">
-        <v>1414</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="1466" spans="1:2">
       <c r="A1466">
         <v>1465</v>
       </c>
       <c r="B1466" t="s">
-        <v>212</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="1467" spans="1:2">
       <c r="A1467">
         <v>1466</v>
       </c>
       <c r="B1467" t="s">
-        <v>1415</v>
+        <v>214</v>
       </c>
     </row>
     <row r="1468" spans="1:2">
       <c r="A1468">
         <v>1467</v>
       </c>
       <c r="B1468" t="s">
-        <v>1416</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="1469" spans="1:2">
       <c r="A1469">
         <v>1468</v>
       </c>
       <c r="B1469" t="s">
-        <v>1417</v>
+        <v>498</v>
       </c>
     </row>
     <row r="1470" spans="1:2">
       <c r="A1470">
         <v>1469</v>
       </c>
       <c r="B1470" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="1471" spans="1:2">
       <c r="A1471">
         <v>1470</v>
       </c>
       <c r="B1471" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="1472" spans="1:2">
       <c r="A1472">
         <v>1471</v>
       </c>
       <c r="B1472" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="1473" spans="1:2">
       <c r="A1473">
         <v>1472</v>
       </c>
       <c r="B1473" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="1474" spans="1:2">
       <c r="A1474">
         <v>1473</v>
       </c>
       <c r="B1474" t="s">
-        <v>1405</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="1475" spans="1:2">
       <c r="A1475">
         <v>1474</v>
       </c>
       <c r="B1475" t="s">
-        <v>296</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="1476" spans="1:2">
       <c r="A1476">
         <v>1475</v>
       </c>
       <c r="B1476" t="s">
-        <v>282</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="1477" spans="1:2">
       <c r="A1477">
         <v>1476</v>
       </c>
       <c r="B1477" t="s">
-        <v>1422</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1478" spans="1:2">
       <c r="A1478">
         <v>1477</v>
       </c>
       <c r="B1478" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="1479" spans="1:2">
       <c r="A1479">
         <v>1478</v>
       </c>
       <c r="B1479" t="s">
-        <v>1295</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="1480" spans="1:2">
       <c r="A1480">
         <v>1479</v>
       </c>
       <c r="B1480" t="s">
-        <v>1424</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="1481" spans="1:2">
       <c r="A1481">
         <v>1480</v>
       </c>
       <c r="B1481" t="s">
-        <v>1425</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="1482" spans="1:2">
       <c r="A1482">
         <v>1481</v>
       </c>
       <c r="B1482" t="s">
-        <v>1426</v>
+        <v>302</v>
       </c>
     </row>
     <row r="1483" spans="1:2">
       <c r="A1483">
         <v>1482</v>
       </c>
       <c r="B1483" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="1484" spans="1:2">
       <c r="A1484">
         <v>1483</v>
       </c>
       <c r="B1484" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="1485" spans="1:2">
       <c r="A1485">
         <v>1484</v>
       </c>
       <c r="B1485" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="1486" spans="1:2">
       <c r="A1486">
         <v>1485</v>
       </c>
       <c r="B1486" t="s">
-        <v>1327</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="1487" spans="1:2">
       <c r="A1487">
         <v>1486</v>
       </c>
       <c r="B1487" t="s">
-        <v>1430</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="1488" spans="1:2">
       <c r="A1488">
         <v>1487</v>
       </c>
       <c r="B1488" t="s">
-        <v>1324</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="1489" spans="1:2">
       <c r="A1489">
         <v>1488</v>
       </c>
       <c r="B1489" t="s">
-        <v>1387</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="1490" spans="1:2">
       <c r="A1490">
         <v>1489</v>
       </c>
       <c r="B1490" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="1491" spans="1:2">
       <c r="A1491">
         <v>1490</v>
       </c>
       <c r="B1491" t="s">
-        <v>1387</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1492" spans="1:2">
       <c r="A1492">
         <v>1491</v>
       </c>
       <c r="B1492" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="1493" spans="1:2">
       <c r="A1493">
         <v>1492</v>
       </c>
       <c r="B1493" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="1494" spans="1:2">
       <c r="A1494">
         <v>1493</v>
       </c>
       <c r="B1494" t="s">
-        <v>1434</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="1495" spans="1:2">
       <c r="A1495">
         <v>1494</v>
       </c>
       <c r="B1495" t="s">
-        <v>1435</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="1496" spans="1:2">
       <c r="A1496">
         <v>1495</v>
       </c>
       <c r="B1496" t="s">
-        <v>1436</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="1497" spans="1:2">
       <c r="A1497">
         <v>1496</v>
       </c>
       <c r="B1497" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="1498" spans="1:2">
       <c r="A1498">
         <v>1497</v>
       </c>
       <c r="B1498" t="s">
-        <v>401</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="1499" spans="1:2">
       <c r="A1499">
         <v>1498</v>
       </c>
       <c r="B1499" t="s">
-        <v>1331</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="1500" spans="1:2">
       <c r="A1500">
         <v>1499</v>
       </c>
       <c r="B1500" t="s">
-        <v>1438</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="1501" spans="1:2">
       <c r="A1501">
         <v>1500</v>
       </c>
       <c r="B1501" t="s">
-        <v>1439</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1502" spans="1:2">
       <c r="A1502">
         <v>1501</v>
       </c>
       <c r="B1502" t="s">
-        <v>1440</v>
+        <v>336</v>
       </c>
     </row>
     <row r="1503" spans="1:2">
       <c r="A1503">
         <v>1502</v>
       </c>
       <c r="B1503" t="s">
-        <v>1441</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="1504" spans="1:2">
       <c r="A1504">
         <v>1503</v>
       </c>
       <c r="B1504" t="s">
-        <v>476</v>
+        <v>408</v>
       </c>
     </row>
     <row r="1505" spans="1:2">
       <c r="A1505">
         <v>1504</v>
       </c>
       <c r="B1505" t="s">
-        <v>1442</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="1506" spans="1:2">
       <c r="A1506">
         <v>1505</v>
       </c>
       <c r="B1506" t="s">
-        <v>58</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="1507" spans="1:2">
       <c r="A1507">
         <v>1506</v>
       </c>
       <c r="B1507" t="s">
-        <v>1443</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="1508" spans="1:2">
       <c r="A1508">
         <v>1507</v>
       </c>
       <c r="B1508" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="1509" spans="1:2">
       <c r="A1509">
         <v>1508</v>
       </c>
       <c r="B1509" t="s">
-        <v>54</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="1510" spans="1:2">
       <c r="A1510">
         <v>1509</v>
       </c>
       <c r="B1510" t="s">
-        <v>1445</v>
+        <v>487</v>
       </c>
     </row>
     <row r="1511" spans="1:2">
       <c r="A1511">
         <v>1510</v>
       </c>
       <c r="B1511" t="s">
-        <v>1446</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="1512" spans="1:2">
       <c r="A1512">
         <v>1511</v>
       </c>
       <c r="B1512" t="s">
-        <v>1447</v>
+        <v>63</v>
       </c>
     </row>
     <row r="1513" spans="1:2">
       <c r="A1513">
         <v>1512</v>
       </c>
       <c r="B1513" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="1514" spans="1:2">
       <c r="A1514">
         <v>1513</v>
       </c>
       <c r="B1514" t="s">
-        <v>198</v>
+        <v>61</v>
       </c>
     </row>
     <row r="1515" spans="1:2">
       <c r="A1515">
         <v>1514</v>
       </c>
       <c r="B1515" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="1516" spans="1:2">
       <c r="A1516">
         <v>1515</v>
       </c>
       <c r="B1516" t="s">
-        <v>1324</v>
+        <v>58</v>
       </c>
     </row>
     <row r="1517" spans="1:2">
       <c r="A1517">
         <v>1516</v>
       </c>
       <c r="B1517" t="s">
-        <v>1450</v>
+        <v>443</v>
       </c>
     </row>
     <row r="1518" spans="1:2">
       <c r="A1518">
         <v>1517</v>
       </c>
       <c r="B1518" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="1519" spans="1:2">
       <c r="A1519">
         <v>1518</v>
       </c>
       <c r="B1519" t="s">
-        <v>1451</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="1520" spans="1:2">
       <c r="A1520">
         <v>1519</v>
       </c>
       <c r="B1520" t="s">
-        <v>1327</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="1521" spans="1:2">
       <c r="A1521">
         <v>1520</v>
       </c>
       <c r="B1521" t="s">
-        <v>1452</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1522" spans="1:2">
       <c r="A1522">
         <v>1521</v>
       </c>
       <c r="B1522" t="s">
-        <v>469</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="1523" spans="1:2">
       <c r="A1523">
         <v>1522</v>
       </c>
       <c r="B1523" t="s">
-        <v>1363</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="1524" spans="1:2">
       <c r="A1524">
         <v>1523</v>
       </c>
       <c r="B1524" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="1525" spans="1:2">
       <c r="A1525">
         <v>1524</v>
       </c>
       <c r="B1525" t="s">
-        <v>1316</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="1526" spans="1:2">
       <c r="A1526">
         <v>1525</v>
       </c>
       <c r="B1526" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="1527" spans="1:2">
       <c r="A1527">
         <v>1526</v>
       </c>
       <c r="B1527" t="s">
-        <v>1455</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="1528" spans="1:2">
       <c r="A1528">
         <v>1527</v>
       </c>
       <c r="B1528" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="1529" spans="1:2">
       <c r="A1529">
         <v>1528</v>
       </c>
       <c r="B1529" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="1530" spans="1:2">
       <c r="A1530">
         <v>1529</v>
       </c>
       <c r="B1530" t="s">
-        <v>1458</v>
+        <v>482</v>
       </c>
     </row>
     <row r="1531" spans="1:2">
       <c r="A1531">
         <v>1530</v>
       </c>
       <c r="B1531" t="s">
-        <v>331</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="1532" spans="1:2">
       <c r="A1532">
         <v>1531</v>
       </c>
       <c r="B1532" t="s">
-        <v>485</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="1533" spans="1:2">
       <c r="A1533">
         <v>1532</v>
       </c>
       <c r="B1533" t="s">
-        <v>414</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="1534" spans="1:2">
       <c r="A1534">
         <v>1533</v>
       </c>
       <c r="B1534" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="1535" spans="1:2">
       <c r="A1535">
         <v>1534</v>
       </c>
       <c r="B1535" t="s">
-        <v>1460</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="1536" spans="1:2">
       <c r="A1536">
         <v>1535</v>
       </c>
       <c r="B1536" t="s">
-        <v>1461</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="1537" spans="1:2">
       <c r="A1537">
         <v>1536</v>
       </c>
       <c r="B1537" t="s">
-        <v>1462</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="1538" spans="1:2">
       <c r="A1538">
         <v>1537</v>
       </c>
       <c r="B1538" t="s">
-        <v>1463</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="1539" spans="1:2">
       <c r="A1539">
         <v>1538</v>
       </c>
       <c r="B1539" t="s">
-        <v>1464</v>
+        <v>421</v>
       </c>
     </row>
     <row r="1540" spans="1:2">
       <c r="A1540">
         <v>1539</v>
       </c>
       <c r="B1540" t="s">
-        <v>1379</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="1541" spans="1:2">
       <c r="A1541">
         <v>1540</v>
       </c>
       <c r="B1541" t="s">
-        <v>1465</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="1542" spans="1:2">
       <c r="A1542">
         <v>1541</v>
       </c>
       <c r="B1542" t="s">
-        <v>1466</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="1543" spans="1:2">
       <c r="A1543">
         <v>1542</v>
       </c>
       <c r="B1543" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="1544" spans="1:2">
       <c r="A1544">
         <v>1543</v>
       </c>
       <c r="B1544" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="1545" spans="1:2">
       <c r="A1545">
         <v>1544</v>
       </c>
       <c r="B1545" t="s">
-        <v>1374</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="1546" spans="1:2">
       <c r="A1546">
         <v>1545</v>
       </c>
       <c r="B1546" t="s">
-        <v>1469</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="1547" spans="1:2">
       <c r="A1547">
         <v>1546</v>
       </c>
       <c r="B1547" t="s">
-        <v>1451</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="1548" spans="1:2">
       <c r="A1548">
         <v>1547</v>
       </c>
       <c r="B1548" t="s">
-        <v>1470</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="1549" spans="1:2">
       <c r="A1549">
         <v>1548</v>
       </c>
       <c r="B1549" t="s">
-        <v>332</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="1550" spans="1:2">
       <c r="A1550">
         <v>1549</v>
       </c>
       <c r="B1550" t="s">
-        <v>198</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="1551" spans="1:2">
       <c r="A1551">
         <v>1550</v>
       </c>
       <c r="B1551" t="s">
-        <v>1471</v>
+        <v>337</v>
       </c>
     </row>
     <row r="1552" spans="1:2">
       <c r="A1552">
         <v>1551</v>
       </c>
       <c r="B1552" t="s">
-        <v>1357</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1553" spans="1:2">
       <c r="A1553">
         <v>1552</v>
       </c>
       <c r="B1553" t="s">
-        <v>1448</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="1554" spans="1:2">
       <c r="A1554">
         <v>1553</v>
       </c>
       <c r="B1554" t="s">
-        <v>1472</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="1555" spans="1:2">
       <c r="A1555">
         <v>1554</v>
       </c>
       <c r="B1555" t="s">
-        <v>1473</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="1556" spans="1:2">
       <c r="A1556">
         <v>1555</v>
       </c>
       <c r="B1556" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="1557" spans="1:2">
       <c r="A1557">
         <v>1556</v>
       </c>
       <c r="B1557" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="1558" spans="1:2">
       <c r="A1558">
         <v>1557</v>
       </c>
       <c r="B1558" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="1559" spans="1:2">
       <c r="A1559">
         <v>1558</v>
       </c>
       <c r="B1559" t="s">
-        <v>1316</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="1560" spans="1:2">
       <c r="A1560">
         <v>1559</v>
       </c>
       <c r="B1560" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="1561" spans="1:2">
       <c r="A1561">
         <v>1560</v>
       </c>
       <c r="B1561" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="1562" spans="1:2">
       <c r="A1562">
         <v>1561</v>
       </c>
       <c r="B1562" t="s">
-        <v>1263</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="1563" spans="1:2">
       <c r="A1563">
         <v>1562</v>
       </c>
       <c r="B1563" t="s">
-        <v>183</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="1564" spans="1:2">
       <c r="A1564">
         <v>1563</v>
       </c>
       <c r="B1564" t="s">
-        <v>397</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="1565" spans="1:2">
       <c r="A1565">
         <v>1564</v>
       </c>
       <c r="B1565" t="s">
-        <v>1479</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="1566" spans="1:2">
       <c r="A1566">
         <v>1565</v>
       </c>
       <c r="B1566" t="s">
-        <v>1480</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="1567" spans="1:2">
       <c r="A1567">
         <v>1566</v>
       </c>
       <c r="B1567" t="s">
-        <v>1481</v>
+        <v>186</v>
       </c>
     </row>
     <row r="1568" spans="1:2">
       <c r="A1568">
         <v>1567</v>
       </c>
       <c r="B1568" t="s">
-        <v>1482</v>
+        <v>404</v>
       </c>
     </row>
     <row r="1569" spans="1:2">
       <c r="A1569">
         <v>1568</v>
       </c>
       <c r="B1569" t="s">
-        <v>1483</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="1570" spans="1:2">
       <c r="A1570">
         <v>1569</v>
       </c>
       <c r="B1570" t="s">
-        <v>1484</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="1571" spans="1:2">
       <c r="A1571">
         <v>1570</v>
       </c>
       <c r="B1571" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="1572" spans="1:2">
       <c r="A1572">
         <v>1571</v>
       </c>
       <c r="B1572" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="1573" spans="1:2">
       <c r="A1573">
         <v>1572</v>
       </c>
       <c r="B1573" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="1574" spans="1:2">
       <c r="A1574">
         <v>1573</v>
       </c>
       <c r="B1574" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="1575" spans="1:2">
       <c r="A1575">
         <v>1574</v>
       </c>
       <c r="B1575" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="1576" spans="1:2">
       <c r="A1576">
         <v>1575</v>
       </c>
       <c r="B1576" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="1577" spans="1:2">
       <c r="A1577">
         <v>1576</v>
       </c>
       <c r="B1577" t="s">
-        <v>392</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="1578" spans="1:2">
       <c r="A1578">
         <v>1577</v>
       </c>
       <c r="B1578" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="1579" spans="1:2">
       <c r="A1579">
         <v>1578</v>
       </c>
       <c r="B1579" t="s">
-        <v>1492</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="1580" spans="1:2">
       <c r="A1580">
         <v>1579</v>
       </c>
       <c r="B1580" t="s">
-        <v>1321</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="1581" spans="1:2">
       <c r="A1581">
         <v>1580</v>
       </c>
       <c r="B1581" t="s">
-        <v>451</v>
+        <v>276</v>
       </c>
     </row>
     <row r="1582" spans="1:2">
       <c r="A1582">
         <v>1581</v>
       </c>
       <c r="B1582" t="s">
-        <v>1493</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1583" spans="1:2">
       <c r="A1583">
         <v>1582</v>
       </c>
       <c r="B1583" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="1584" spans="1:2">
       <c r="A1584">
         <v>1583</v>
       </c>
       <c r="B1584" t="s">
-        <v>1495</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="1585" spans="1:2">
       <c r="A1585">
         <v>1584</v>
       </c>
       <c r="B1585" t="s">
-        <v>1487</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1586" spans="1:2">
       <c r="A1586">
         <v>1585</v>
       </c>
       <c r="B1586" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="1587" spans="1:2">
       <c r="A1587">
         <v>1586</v>
       </c>
       <c r="B1587" t="s">
-        <v>1497</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="1588" spans="1:2">
       <c r="A1588">
         <v>1587</v>
       </c>
       <c r="B1588" t="s">
-        <v>1498</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="1589" spans="1:2">
       <c r="A1589">
         <v>1588</v>
       </c>
       <c r="B1589" t="s">
-        <v>1362</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="1590" spans="1:2">
       <c r="A1590">
         <v>1589</v>
       </c>
       <c r="B1590" t="s">
-        <v>1499</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="1591" spans="1:2">
       <c r="A1591">
         <v>1590</v>
       </c>
       <c r="B1591" t="s">
-        <v>1500</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="1592" spans="1:2">
       <c r="A1592">
         <v>1591</v>
       </c>
       <c r="B1592" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="1593" spans="1:2">
       <c r="A1593">
         <v>1592</v>
       </c>
       <c r="B1593" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="1594" spans="1:2">
       <c r="A1594">
         <v>1593</v>
       </c>
       <c r="B1594" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="1595" spans="1:2">
       <c r="A1595">
         <v>1594</v>
       </c>
       <c r="B1595" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="1596" spans="1:2">
       <c r="A1596">
         <v>1595</v>
       </c>
       <c r="B1596" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="1597" spans="1:2">
       <c r="A1597">
         <v>1596</v>
       </c>
       <c r="B1597" t="s">
-        <v>425</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="1598" spans="1:2">
       <c r="A1598">
         <v>1597</v>
       </c>
       <c r="B1598" t="s">
-        <v>1331</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="1599" spans="1:2">
       <c r="A1599">
         <v>1598</v>
       </c>
       <c r="B1599" t="s">
-        <v>1495</v>
+        <v>431</v>
       </c>
     </row>
     <row r="1600" spans="1:2">
       <c r="A1600">
         <v>1599</v>
       </c>
       <c r="B1600" t="s">
-        <v>1506</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="1601" spans="1:2">
       <c r="A1601">
         <v>1600</v>
       </c>
       <c r="B1601" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="1602" spans="1:2">
       <c r="A1602">
         <v>1601</v>
       </c>
       <c r="B1602" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="1603" spans="1:2">
       <c r="A1603">
         <v>1602</v>
       </c>
       <c r="B1603" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="1604" spans="1:2">
       <c r="A1604">
         <v>1603</v>
       </c>
       <c r="B1604" t="s">
-        <v>1510</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="1605" spans="1:2">
       <c r="A1605">
         <v>1604</v>
       </c>
       <c r="B1605" t="s">
-        <v>1511</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="1606" spans="1:2">
       <c r="A1606">
         <v>1605</v>
       </c>
       <c r="B1606" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="1607" spans="1:2">
       <c r="A1607">
         <v>1606</v>
       </c>
       <c r="B1607" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="1608" spans="1:2">
       <c r="A1608">
         <v>1607</v>
       </c>
       <c r="B1608" t="s">
-        <v>478</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="1609" spans="1:2">
       <c r="A1609">
         <v>1608</v>
       </c>
       <c r="B1609" t="s">
-        <v>1514</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="1610" spans="1:2">
       <c r="A1610">
         <v>1609</v>
       </c>
       <c r="B1610" t="s">
-        <v>1515</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1611" spans="1:2">
       <c r="A1611">
         <v>1610</v>
       </c>
       <c r="B1611" t="s">
-        <v>1516</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1612" spans="1:2">
       <c r="A1612">
         <v>1611</v>
       </c>
       <c r="B1612" t="s">
-        <v>1517</v>
+        <v>476</v>
       </c>
     </row>
     <row r="1613" spans="1:2">
       <c r="A1613">
         <v>1612</v>
       </c>
       <c r="B1613" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="1614" spans="1:2">
       <c r="A1614">
         <v>1613</v>
       </c>
       <c r="B1614" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="1615" spans="1:2">
       <c r="A1615">
         <v>1614</v>
       </c>
       <c r="B1615" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="1616" spans="1:2">
       <c r="A1616">
         <v>1615</v>
       </c>
       <c r="B1616" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="1617" spans="1:2">
       <c r="A1617">
         <v>1616</v>
       </c>
       <c r="B1617" t="s">
-        <v>1406</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="1618" spans="1:2">
       <c r="A1618">
         <v>1617</v>
       </c>
       <c r="B1618" t="s">
-        <v>1522</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="1619" spans="1:2">
       <c r="A1619">
         <v>1618</v>
       </c>
       <c r="B1619" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="1620" spans="1:2">
       <c r="A1620">
         <v>1619</v>
       </c>
       <c r="B1620" t="s">
-        <v>463</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="1621" spans="1:2">
       <c r="A1621">
         <v>1620</v>
       </c>
       <c r="B1621" t="s">
-        <v>300</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="1622" spans="1:2">
       <c r="A1622">
         <v>1621</v>
       </c>
       <c r="B1622" t="s">
-        <v>1322</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="1623" spans="1:2">
       <c r="A1623">
         <v>1622</v>
       </c>
       <c r="B1623" t="s">
-        <v>1524</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="1624" spans="1:2">
       <c r="A1624">
         <v>1623</v>
       </c>
       <c r="B1624" t="s">
-        <v>1525</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="1625" spans="1:2">
       <c r="A1625">
         <v>1624</v>
       </c>
       <c r="B1625" t="s">
-        <v>1526</v>
+        <v>477</v>
       </c>
     </row>
     <row r="1626" spans="1:2">
       <c r="A1626">
         <v>1625</v>
       </c>
       <c r="B1626" t="s">
-        <v>454</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="1627" spans="1:2">
       <c r="A1627">
         <v>1626</v>
       </c>
       <c r="B1627" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="1628" spans="1:2">
       <c r="A1628">
         <v>1627</v>
       </c>
       <c r="B1628" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="1629" spans="1:2">
       <c r="A1629">
         <v>1628</v>
       </c>
       <c r="B1629" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="1630" spans="1:2">
       <c r="A1630">
         <v>1629</v>
       </c>
       <c r="B1630" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="1631" spans="1:2">
       <c r="A1631">
         <v>1630</v>
       </c>
       <c r="B1631" t="s">
-        <v>1407</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="1632" spans="1:2">
       <c r="A1632">
         <v>1631</v>
       </c>
       <c r="B1632" t="s">
-        <v>1416</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="1633" spans="1:2">
       <c r="A1633">
         <v>1632</v>
       </c>
       <c r="B1633" t="s">
-        <v>1530</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="1634" spans="1:2">
       <c r="A1634">
         <v>1633</v>
       </c>
       <c r="B1634" t="s">
-        <v>451</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1635" spans="1:2">
       <c r="A1635">
         <v>1634</v>
       </c>
       <c r="B1635" t="s">
-        <v>1531</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="1636" spans="1:2">
       <c r="A1636">
         <v>1635</v>
       </c>
       <c r="B1636" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="1637" spans="1:2">
       <c r="A1637">
         <v>1636</v>
       </c>
       <c r="B1637" t="s">
-        <v>1533</v>
+        <v>462</v>
       </c>
     </row>
     <row r="1638" spans="1:2">
       <c r="A1638">
         <v>1637</v>
       </c>
       <c r="B1638" t="s">
-        <v>200</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="1639" spans="1:2">
       <c r="A1639">
         <v>1638</v>
       </c>
       <c r="B1639" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="1640" spans="1:2">
       <c r="A1640">
         <v>1639</v>
       </c>
       <c r="B1640" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="1641" spans="1:2">
       <c r="A1641">
         <v>1640</v>
       </c>
       <c r="B1641" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="1642" spans="1:2">
       <c r="A1642">
         <v>1641</v>
       </c>
       <c r="B1642" t="s">
-        <v>1537</v>
+        <v>228</v>
       </c>
     </row>
     <row r="1643" spans="1:2">
       <c r="A1643">
         <v>1642</v>
       </c>
       <c r="B1643" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="1644" spans="1:2">
       <c r="A1644">
         <v>1643</v>
       </c>
       <c r="B1644" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="1645" spans="1:2">
       <c r="A1645">
         <v>1644</v>
       </c>
       <c r="B1645" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="1646" spans="1:2">
       <c r="A1646">
         <v>1645</v>
       </c>
       <c r="B1646" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="1647" spans="1:2">
       <c r="A1647">
         <v>1646</v>
       </c>
       <c r="B1647" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="1648" spans="1:2">
       <c r="A1648">
         <v>1647</v>
       </c>
       <c r="B1648" t="s">
-        <v>508</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="1649" spans="1:2">
       <c r="A1649">
         <v>1648</v>
       </c>
       <c r="B1649" t="s">
-        <v>1543</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="1650" spans="1:2">
       <c r="A1650">
         <v>1649</v>
       </c>
       <c r="B1650" t="s">
-        <v>1544</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="1651" spans="1:2">
       <c r="A1651">
         <v>1650</v>
       </c>
       <c r="B1651" t="s">
-        <v>1545</v>
+        <v>521</v>
       </c>
     </row>
     <row r="1652" spans="1:2">
       <c r="A1652">
         <v>1651</v>
       </c>
       <c r="B1652" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="1653" spans="1:2">
       <c r="A1653">
         <v>1652</v>
       </c>
       <c r="B1653" t="s">
-        <v>1547</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="1654" spans="1:2">
       <c r="A1654">
         <v>1653</v>
       </c>
       <c r="B1654" t="s">
-        <v>1548</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="1655" spans="1:2">
       <c r="A1655">
         <v>1654</v>
       </c>
       <c r="B1655" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="1656" spans="1:2">
       <c r="A1656">
         <v>1655</v>
       </c>
       <c r="B1656" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="1657" spans="1:2">
       <c r="A1657">
         <v>1656</v>
       </c>
       <c r="B1657" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="1658" spans="1:2">
       <c r="A1658">
         <v>1657</v>
       </c>
       <c r="B1658" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="1659" spans="1:2">
       <c r="A1659">
         <v>1658</v>
       </c>
       <c r="B1659" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="1660" spans="1:2">
       <c r="A1660">
         <v>1659</v>
       </c>
       <c r="B1660" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="1661" spans="1:2">
       <c r="A1661">
         <v>1660</v>
       </c>
       <c r="B1661" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="1662" spans="1:2">
       <c r="A1662">
         <v>1661</v>
       </c>
       <c r="B1662" t="s">
-        <v>1364</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="1663" spans="1:2">
       <c r="A1663">
         <v>1662</v>
       </c>
       <c r="B1663" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="1664" spans="1:2">
       <c r="A1664">
         <v>1663</v>
       </c>
       <c r="B1664" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="1665" spans="1:2">
       <c r="A1665">
         <v>1664</v>
       </c>
       <c r="B1665" t="s">
-        <v>1558</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="1666" spans="1:2">
       <c r="A1666">
         <v>1665</v>
       </c>
       <c r="B1666" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="1667" spans="1:2">
       <c r="A1667">
         <v>1666</v>
       </c>
       <c r="B1667" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="1668" spans="1:2">
       <c r="A1668">
         <v>1667</v>
       </c>
       <c r="B1668" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="1669" spans="1:2">
       <c r="A1669">
         <v>1668</v>
       </c>
       <c r="B1669" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="1670" spans="1:2">
       <c r="A1670">
         <v>1669</v>
       </c>
       <c r="B1670" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="1671" spans="1:2">
       <c r="A1671">
         <v>1670</v>
       </c>
       <c r="B1671" t="s">
-        <v>1507</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="1672" spans="1:2">
       <c r="A1672">
         <v>1671</v>
       </c>
       <c r="B1672" t="s">
-        <v>455</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="1673" spans="1:2">
       <c r="A1673">
         <v>1672</v>
       </c>
       <c r="B1673" t="s">
-        <v>1564</v>
+        <v>502</v>
       </c>
     </row>
     <row r="1674" spans="1:2">
       <c r="A1674">
         <v>1673</v>
       </c>
       <c r="B1674" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
     </row>
     <row r="1675" spans="1:2">
       <c r="A1675">
         <v>1674</v>
       </c>
       <c r="B1675" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="1676" spans="1:2">
       <c r="A1676">
         <v>1675</v>
       </c>
       <c r="B1676" t="s">
-        <v>1566</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1677" spans="1:2">
       <c r="A1677">
         <v>1676</v>
       </c>
       <c r="B1677" t="s">
-        <v>1529</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="1678" spans="1:2">
       <c r="A1678">
         <v>1677</v>
       </c>
       <c r="B1678" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="1679" spans="1:2">
       <c r="A1679">
         <v>1678</v>
       </c>
       <c r="B1679" t="s">
-        <v>1407</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="1680" spans="1:2">
       <c r="A1680">
         <v>1679</v>
       </c>
       <c r="B1680" t="s">
-        <v>1568</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="1681" spans="1:2">
       <c r="A1681">
         <v>1680</v>
       </c>
       <c r="B1681" t="s">
-        <v>1569</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="1682" spans="1:2">
       <c r="A1682">
         <v>1681</v>
       </c>
       <c r="B1682" t="s">
-        <v>1570</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="1683" spans="1:2">
       <c r="A1683">
         <v>1682</v>
       </c>
       <c r="B1683" t="s">
-        <v>1571</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="1684" spans="1:2">
       <c r="A1684">
         <v>1683</v>
       </c>
       <c r="B1684" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="1685" spans="1:2">
       <c r="A1685">
         <v>1684</v>
       </c>
       <c r="B1685" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="1686" spans="1:2">
       <c r="A1686">
         <v>1685</v>
       </c>
       <c r="B1686" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="1687" spans="1:2">
       <c r="A1687">
         <v>1686</v>
       </c>
       <c r="B1687" t="s">
-        <v>494</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="1688" spans="1:2">
       <c r="A1688">
         <v>1687</v>
       </c>
       <c r="B1688" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="1689" spans="1:2">
       <c r="A1689">
         <v>1688</v>
       </c>
       <c r="B1689" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="1690" spans="1:2">
       <c r="A1690">
         <v>1689</v>
       </c>
       <c r="B1690" t="s">
-        <v>1577</v>
+        <v>506</v>
       </c>
     </row>
     <row r="1691" spans="1:2">
       <c r="A1691">
         <v>1690</v>
       </c>
       <c r="B1691" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="1692" spans="1:2">
       <c r="A1692">
         <v>1691</v>
       </c>
       <c r="B1692" t="s">
-        <v>1579</v>
+        <v>508</v>
       </c>
     </row>
     <row r="1693" spans="1:2">
       <c r="A1693">
         <v>1692</v>
       </c>
       <c r="B1693" t="s">
-        <v>477</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="1694" spans="1:2">
       <c r="A1694">
         <v>1693</v>
       </c>
       <c r="B1694" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="1695" spans="1:2">
       <c r="A1695">
         <v>1694</v>
       </c>
       <c r="B1695" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="1696" spans="1:2">
       <c r="A1696">
         <v>1695</v>
       </c>
       <c r="B1696" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="1697" spans="1:2">
       <c r="A1697">
         <v>1696</v>
       </c>
       <c r="B1697" t="s">
-        <v>1583</v>
+        <v>489</v>
       </c>
     </row>
     <row r="1698" spans="1:2">
       <c r="A1698">
         <v>1697</v>
       </c>
       <c r="B1698" t="s">
-        <v>1358</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="1699" spans="1:2">
       <c r="A1699">
         <v>1698</v>
       </c>
       <c r="B1699" t="s">
-        <v>1584</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="1700" spans="1:2">
       <c r="A1700">
         <v>1699</v>
       </c>
       <c r="B1700" t="s">
-        <v>1585</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="1701" spans="1:2">
       <c r="A1701">
         <v>1700</v>
       </c>
       <c r="B1701" t="s">
-        <v>1379</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="1702" spans="1:2">
       <c r="A1702">
         <v>1701</v>
       </c>
       <c r="B1702" t="s">
-        <v>1586</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="1703" spans="1:2">
       <c r="A1703">
         <v>1702</v>
       </c>
       <c r="B1703" t="s">
-        <v>1405</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="1704" spans="1:2">
       <c r="A1704">
         <v>1703</v>
       </c>
       <c r="B1704" t="s">
-        <v>1502</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="1705" spans="1:2">
       <c r="A1705">
         <v>1704</v>
       </c>
       <c r="B1705" t="s">
-        <v>1587</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="1706" spans="1:2">
       <c r="A1706">
         <v>1705</v>
       </c>
       <c r="B1706" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="1707" spans="1:2">
       <c r="A1707">
         <v>1706</v>
       </c>
       <c r="B1707" t="s">
-        <v>1589</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="1708" spans="1:2">
       <c r="A1708">
         <v>1707</v>
       </c>
       <c r="B1708" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="1709" spans="1:2">
       <c r="A1709">
         <v>1708</v>
       </c>
       <c r="B1709" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="1710" spans="1:2">
       <c r="A1710">
         <v>1709</v>
       </c>
       <c r="B1710" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="1711" spans="1:2">
       <c r="A1711">
         <v>1710</v>
       </c>
       <c r="B1711" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="1712" spans="1:2">
       <c r="A1712">
         <v>1711</v>
       </c>
       <c r="B1712" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="1713" spans="1:2">
       <c r="A1713">
         <v>1712</v>
       </c>
       <c r="B1713" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="1714" spans="1:2">
       <c r="A1714">
         <v>1713</v>
       </c>
       <c r="B1714" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="1715" spans="1:2">
       <c r="A1715">
         <v>1714</v>
       </c>
       <c r="B1715" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1716" spans="1:2">
       <c r="A1716">
         <v>1715</v>
       </c>
       <c r="B1716" t="s">
-        <v>1598</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="1717" spans="1:2">
       <c r="A1717">
         <v>1716</v>
       </c>
       <c r="B1717" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="1718" spans="1:2">
       <c r="A1718">
         <v>1717</v>
       </c>
       <c r="B1718" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="1719" spans="1:2">
       <c r="A1719">
         <v>1718</v>
       </c>
       <c r="B1719" t="s">
-        <v>1437</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1720" spans="1:2">
       <c r="A1720">
         <v>1719</v>
       </c>
       <c r="B1720" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="1721" spans="1:2">
       <c r="A1721">
         <v>1720</v>
       </c>
       <c r="B1721" t="s">
-        <v>1357</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="1722" spans="1:2">
       <c r="A1722">
         <v>1721</v>
       </c>
       <c r="B1722" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="1723" spans="1:2">
       <c r="A1723">
         <v>1722</v>
       </c>
       <c r="B1723" t="s">
-        <v>1503</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="1724" spans="1:2">
       <c r="A1724">
         <v>1723</v>
       </c>
       <c r="B1724" t="s">
-        <v>1603</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="1725" spans="1:2">
       <c r="A1725">
         <v>1724</v>
       </c>
       <c r="B1725" t="s">
-        <v>1532</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="1726" spans="1:2">
       <c r="A1726">
         <v>1725</v>
       </c>
       <c r="B1726" t="s">
-        <v>1604</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="1727" spans="1:2">
       <c r="A1727">
         <v>1726</v>
       </c>
       <c r="B1727" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="1728" spans="1:2">
       <c r="A1728">
         <v>1727</v>
       </c>
       <c r="B1728" t="s">
-        <v>1606</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="1729" spans="1:2">
       <c r="A1729">
         <v>1728</v>
       </c>
       <c r="B1729" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="1730" spans="1:2">
       <c r="A1730">
         <v>1729</v>
       </c>
       <c r="B1730" t="s">
-        <v>1502</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="1731" spans="1:2">
       <c r="A1731">
         <v>1730</v>
       </c>
       <c r="B1731" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="1732" spans="1:2">
       <c r="A1732">
         <v>1731</v>
       </c>
       <c r="B1732" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="1733" spans="1:2">
       <c r="A1733">
         <v>1732</v>
       </c>
       <c r="B1733" t="s">
-        <v>1609</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="1734" spans="1:2">
       <c r="A1734">
         <v>1733</v>
       </c>
       <c r="B1734" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="1735" spans="1:2">
       <c r="A1735">
         <v>1734</v>
       </c>
       <c r="B1735" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="1736" spans="1:2">
       <c r="A1736">
         <v>1735</v>
       </c>
       <c r="B1736" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="1737" spans="1:2">
       <c r="A1737">
         <v>1736</v>
       </c>
       <c r="B1737" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="1738" spans="1:2">
       <c r="A1738">
         <v>1737</v>
       </c>
       <c r="B1738" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="1739" spans="1:2">
       <c r="A1739">
         <v>1738</v>
       </c>
       <c r="B1739" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="1740" spans="1:2">
       <c r="A1740">
         <v>1739</v>
       </c>
       <c r="B1740" t="s">
-        <v>1351</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="1741" spans="1:2">
       <c r="A1741">
         <v>1740</v>
       </c>
       <c r="B1741" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="1742" spans="1:2">
       <c r="A1742">
         <v>1741</v>
       </c>
       <c r="B1742" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="1743" spans="1:2">
       <c r="A1743">
         <v>1742</v>
       </c>
       <c r="B1743" t="s">
-        <v>1618</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="1744" spans="1:2">
       <c r="A1744">
         <v>1743</v>
       </c>
       <c r="B1744" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="1745" spans="1:2">
       <c r="A1745">
         <v>1744</v>
       </c>
       <c r="B1745" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="1746" spans="1:2">
       <c r="A1746">
         <v>1745</v>
       </c>
       <c r="B1746" t="s">
-        <v>463</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="1747" spans="1:2">
       <c r="A1747">
         <v>1746</v>
       </c>
       <c r="B1747" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="1748" spans="1:2">
       <c r="A1748">
         <v>1747</v>
       </c>
       <c r="B1748" t="s">
-        <v>1622</v>
+        <v>477</v>
       </c>
     </row>
     <row r="1749" spans="1:2">
       <c r="A1749">
         <v>1748</v>
       </c>
       <c r="B1749" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="1750" spans="1:2">
       <c r="A1750">
         <v>1749</v>
       </c>
       <c r="B1750" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="1751" spans="1:2">
       <c r="A1751">
         <v>1750</v>
       </c>
       <c r="B1751" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="1752" spans="1:2">
       <c r="A1752">
         <v>1751</v>
       </c>
       <c r="B1752" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="1753" spans="1:2">
       <c r="A1753">
         <v>1752</v>
       </c>
       <c r="B1753" t="s">
-        <v>1364</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="1754" spans="1:2">
       <c r="A1754">
         <v>1753</v>
       </c>
       <c r="B1754" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="1755" spans="1:2">
       <c r="A1755">
         <v>1754</v>
       </c>
       <c r="B1755" t="s">
-        <v>1583</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="1756" spans="1:2">
       <c r="A1756">
         <v>1755</v>
       </c>
       <c r="B1756" t="s">
-        <v>333</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="1757" spans="1:2">
       <c r="A1757">
         <v>1756</v>
       </c>
       <c r="B1757" t="s">
-        <v>1628</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="1758" spans="1:2">
       <c r="A1758">
         <v>1757</v>
       </c>
       <c r="B1758" t="s">
-        <v>1629</v>
+        <v>338</v>
       </c>
     </row>
     <row r="1759" spans="1:2">
       <c r="A1759">
         <v>1758</v>
       </c>
       <c r="B1759" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="1760" spans="1:2">
       <c r="A1760">
         <v>1759</v>
       </c>
       <c r="B1760" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="1761" spans="1:2">
       <c r="A1761">
         <v>1760</v>
       </c>
       <c r="B1761" t="s">
-        <v>1538</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="1762" spans="1:2">
       <c r="A1762">
         <v>1761</v>
       </c>
       <c r="B1762" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="1763" spans="1:2">
       <c r="A1763">
         <v>1762</v>
       </c>
       <c r="B1763" t="s">
-        <v>285</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="1764" spans="1:2">
       <c r="A1764">
         <v>1763</v>
       </c>
       <c r="B1764" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="1765" spans="1:2">
       <c r="A1765">
         <v>1764</v>
       </c>
       <c r="B1765" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="1766" spans="1:2">
       <c r="A1766">
         <v>1765</v>
       </c>
       <c r="B1766" t="s">
-        <v>1635</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="1767" spans="1:2">
       <c r="A1767">
         <v>1766</v>
       </c>
       <c r="B1767" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="1768" spans="1:2">
       <c r="A1768">
         <v>1767</v>
       </c>
       <c r="B1768" t="s">
-        <v>1637</v>
+        <v>292</v>
       </c>
     </row>
     <row r="1769" spans="1:2">
       <c r="A1769">
         <v>1768</v>
       </c>
       <c r="B1769" t="s">
-        <v>1363</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="1770" spans="1:2">
       <c r="A1770">
         <v>1769</v>
       </c>
       <c r="B1770" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="1771" spans="1:2">
       <c r="A1771">
         <v>1770</v>
       </c>
       <c r="B1771" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
     </row>
     <row r="1772" spans="1:2">
       <c r="A1772">
         <v>1771</v>
       </c>
       <c r="B1772" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="1773" spans="1:2">
       <c r="A1773">
         <v>1772</v>
       </c>
       <c r="B1773" t="s">
-        <v>1641</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="1774" spans="1:2">
       <c r="A1774">
         <v>1773</v>
       </c>
       <c r="B1774" t="s">
-        <v>1642</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="1775" spans="1:2">
       <c r="A1775">
         <v>1774</v>
       </c>
       <c r="B1775" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="1776" spans="1:2">
       <c r="A1776">
         <v>1775</v>
       </c>
       <c r="B1776" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="1777" spans="1:2">
       <c r="A1777">
         <v>1776</v>
       </c>
       <c r="B1777" t="s">
-        <v>1319</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="1778" spans="1:2">
       <c r="A1778">
         <v>1777</v>
       </c>
       <c r="B1778" t="s">
-        <v>1370</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="1779" spans="1:2">
       <c r="A1779">
         <v>1778</v>
       </c>
       <c r="B1779" t="s">
-        <v>1591</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="1780" spans="1:2">
       <c r="A1780">
         <v>1779</v>
       </c>
       <c r="B1780" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="1781" spans="1:2">
       <c r="A1781">
         <v>1780</v>
       </c>
       <c r="B1781" t="s">
-        <v>1646</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="1782" spans="1:2">
       <c r="A1782">
         <v>1781</v>
       </c>
       <c r="B1782" t="s">
-        <v>1647</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="1783" spans="1:2">
       <c r="A1783">
         <v>1782</v>
       </c>
       <c r="B1783" t="s">
-        <v>1648</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="1784" spans="1:2">
       <c r="A1784">
         <v>1783</v>
       </c>
       <c r="B1784" t="s">
-        <v>1649</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="1785" spans="1:2">
       <c r="A1785">
         <v>1784</v>
       </c>
       <c r="B1785" t="s">
-        <v>1648</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="1786" spans="1:2">
       <c r="A1786">
         <v>1785</v>
       </c>
       <c r="B1786" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="1787" spans="1:2">
       <c r="A1787">
         <v>1786</v>
       </c>
       <c r="B1787" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="1788" spans="1:2">
       <c r="A1788">
         <v>1787</v>
       </c>
       <c r="B1788" t="s">
-        <v>1322</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="1789" spans="1:2">
       <c r="A1789">
         <v>1788</v>
       </c>
       <c r="B1789" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="1790" spans="1:2">
       <c r="A1790">
         <v>1789</v>
       </c>
       <c r="B1790" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="1791" spans="1:2">
       <c r="A1791">
         <v>1790</v>
       </c>
       <c r="B1791" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="1792" spans="1:2">
       <c r="A1792">
         <v>1791</v>
       </c>
       <c r="B1792" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="1793" spans="1:2">
       <c r="A1793">
         <v>1792</v>
       </c>
       <c r="B1793" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="1794" spans="1:2">
       <c r="A1794">
         <v>1793</v>
       </c>
       <c r="B1794" t="s">
-        <v>1657</v>
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="1795" spans="1:2">
+      <c r="A1795">
+        <v>1794</v>
+      </c>
+      <c r="B1795" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="1796" spans="1:2">
+      <c r="A1796">
+        <v>1795</v>
+      </c>
+      <c r="B1796" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="1797" spans="1:2">
+      <c r="A1797">
+        <v>1796</v>
+      </c>
+      <c r="B1797" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="1798" spans="1:2">
+      <c r="A1798">
+        <v>1797</v>
+      </c>
+      <c r="B1798" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="1799" spans="1:2">
+      <c r="A1799">
+        <v>1798</v>
+      </c>
+      <c r="B1799" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1800" spans="1:2">
+      <c r="A1800">
+        <v>1799</v>
+      </c>
+      <c r="B1800" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="1801" spans="1:2">
+      <c r="A1801">
+        <v>1800</v>
+      </c>
+      <c r="B1801" t="s">
+        <v>1665</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B524"/>
+  <dimension ref="A1:B538"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="272.362" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>25</v>
+        <v>388</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>382</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>5</v>
+        <v>147</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>140</v>
+        <v>456</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>448</v>
+        <v>158</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>157</v>
+        <v>106</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>138</v>
+        <v>266</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>308</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>104</v>
+        <v>457</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
-        <v>260</v>
+        <v>116</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>152</v>
+        <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>493</v>
+        <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>110</v>
+        <v>32</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>3</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>25</v>
+        <v>347</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>20</v>
+        <v>173</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>339</v>
+        <v>36</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>30</v>
+        <v>312</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>237</v>
+        <v>86</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>83</v>
+        <v>126</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>146</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>139</v>
+        <v>237</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>230</v>
+        <v>143</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>136</v>
+        <v>326</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>321</v>
+        <v>42</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>37</v>
+        <v>172</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>42</v>
+        <v>145</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>182</v>
+        <v>119</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>113</v>
+        <v>413</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>406</v>
+        <v>236</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>219</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>237</v>
+        <v>497</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>15</v>
+        <v>374</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>368</v>
+        <v>90</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>87</v>
+        <v>433</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>426</v>
+        <v>341</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>336</v>
+        <v>223</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>220</v>
+        <v>253</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>246</v>
+        <v>181</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>178</v>
+        <v>89</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>86</v>
+        <v>424</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>207</v>
+        <v>348</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>417</v>
+        <v>127</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>341</v>
+        <v>41</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>121</v>
+        <v>209</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>36</v>
+        <v>293</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>287</v>
+        <v>344</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>337</v>
+        <v>35</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>70</v>
+        <v>505</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>398</v>
+        <v>188</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>185</v>
+        <v>9</v>
       </c>
     </row>
     <row r="85" spans="1:2">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>9</v>
+        <v>212</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>210</v>
+        <v>148</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>142</v>
+        <v>6</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>6</v>
+        <v>381</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>375</v>
+        <v>405</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>187</v>
+        <v>205</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>421</v>
+        <v>144</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>186</v>
+        <v>343</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>112</v>
+        <v>189</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>203</v>
+        <v>118</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>127</v>
+        <v>204</v>
       </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="106" spans="1:2">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>155</v>
+        <v>133</v>
       </c>
     </row>
     <row r="107" spans="1:2">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>222</v>
+        <v>156</v>
       </c>
     </row>
     <row r="108" spans="1:2">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>358</v>
+        <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:2">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:2">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>98</v>
+        <v>428</v>
       </c>
     </row>
     <row r="111" spans="1:2">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>422</v>
+        <v>348</v>
       </c>
     </row>
     <row r="112" spans="1:2">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>341</v>
+        <v>512</v>
       </c>
     </row>
     <row r="113" spans="1:2">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
     </row>
     <row r="114" spans="1:2">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>500</v>
+        <v>199</v>
       </c>
     </row>
     <row r="115" spans="1:2">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>13</v>
+        <v>257</v>
       </c>
     </row>
     <row r="116" spans="1:2">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>196</v>
+        <v>46</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>99</v>
+        <v>177</v>
       </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>41</v>
+        <v>327</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>174</v>
+        <v>74</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>322</v>
+        <v>73</v>
       </c>
     </row>
     <row r="122" spans="1:2">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>69</v>
+        <v>195</v>
       </c>
     </row>
     <row r="123" spans="1:2">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>68</v>
+        <v>389</v>
       </c>
     </row>
     <row r="124" spans="1:2">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>192</v>
+        <v>403</v>
       </c>
     </row>
     <row r="125" spans="1:2">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>383</v>
+        <v>136</v>
       </c>
     </row>
     <row r="126" spans="1:2">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>396</v>
+        <v>233</v>
       </c>
     </row>
     <row r="127" spans="1:2">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>129</v>
+        <v>100</v>
       </c>
     </row>
     <row r="128" spans="1:2">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>226</v>
+        <v>264</v>
       </c>
     </row>
     <row r="129" spans="1:2">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>258</v>
+        <v>325</v>
       </c>
     </row>
     <row r="130" spans="1:2">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>320</v>
+        <v>351</v>
       </c>
     </row>
     <row r="131" spans="1:2">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>345</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:2">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>85</v>
+        <v>451</v>
       </c>
     </row>
     <row r="133" spans="1:2">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>436</v>
+        <v>245</v>
       </c>
     </row>
     <row r="134" spans="1:2">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>133</v>
+        <v>88</v>
       </c>
     </row>
     <row r="135" spans="1:2">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>312</v>
+        <v>442</v>
       </c>
     </row>
     <row r="136" spans="1:2">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>161</v>
+        <v>140</v>
       </c>
     </row>
     <row r="137" spans="1:2">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>235</v>
+        <v>316</v>
       </c>
     </row>
     <row r="138" spans="1:2">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>480</v>
+        <v>163</v>
       </c>
     </row>
     <row r="139" spans="1:2">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>24</v>
+        <v>243</v>
       </c>
     </row>
     <row r="140" spans="1:2">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>316</v>
+        <v>342</v>
       </c>
     </row>
     <row r="141" spans="1:2">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>361</v>
+        <v>31</v>
       </c>
     </row>
     <row r="142" spans="1:2">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>294</v>
+        <v>367</v>
       </c>
     </row>
     <row r="143" spans="1:2">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:2">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>162</v>
+        <v>303</v>
       </c>
     </row>
     <row r="145" spans="1:2">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="146" spans="1:2">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>249</v>
+        <v>164</v>
       </c>
     </row>
     <row r="147" spans="1:2">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>188</v>
+        <v>256</v>
       </c>
     </row>
     <row r="148" spans="1:2">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>444</v>
+        <v>191</v>
       </c>
     </row>
     <row r="149" spans="1:2">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>509</v>
+        <v>452</v>
       </c>
     </row>
     <row r="150" spans="1:2">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>435</v>
+        <v>522</v>
       </c>
     </row>
     <row r="151" spans="1:2">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
     </row>
     <row r="153" spans="1:2">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>189</v>
+        <v>449</v>
       </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>81</v>
+        <v>192</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>288</v>
+        <v>84</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>243</v>
+        <v>294</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>33</v>
+        <v>345</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>411</v>
+        <v>19</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>335</v>
+        <v>417</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>175</v>
+        <v>519</v>
       </c>
     </row>
     <row r="161" spans="1:2">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>89</v>
+        <v>340</v>
       </c>
     </row>
     <row r="162" spans="1:2">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="163" spans="1:2">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>35</v>
+        <v>206</v>
       </c>
     </row>
     <row r="164" spans="1:2">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
     </row>
     <row r="165" spans="1:2">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>388</v>
+        <v>43</v>
       </c>
     </row>
     <row r="166" spans="1:2">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>195</v>
+        <v>40</v>
       </c>
     </row>
     <row r="168" spans="1:2">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
     </row>
     <row r="169" spans="1:2">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>499</v>
+        <v>118</v>
       </c>
     </row>
     <row r="170" spans="1:2">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>67</v>
+        <v>396</v>
       </c>
     </row>
     <row r="171" spans="1:2">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>246</v>
+        <v>142</v>
       </c>
     </row>
     <row r="172" spans="1:2">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>114</v>
+        <v>198</v>
       </c>
     </row>
     <row r="173" spans="1:2">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>363</v>
+        <v>155</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>65</v>
+        <v>459</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>63</v>
+        <v>253</v>
       </c>
     </row>
     <row r="176" spans="1:2">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>303</v>
+        <v>120</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>497</v>
+        <v>17</v>
       </c>
     </row>
     <row r="178" spans="1:2">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>168</v>
+        <v>71</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>364</v>
+        <v>69</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>115</v>
+        <v>307</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>363</v>
+        <v>458</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>159</v>
+        <v>365</v>
       </c>
     </row>
     <row r="184" spans="1:2">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>381</v>
+        <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:2">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>323</v>
+        <v>369</v>
       </c>
     </row>
     <row r="186" spans="1:2">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>165</v>
+        <v>121</v>
       </c>
     </row>
     <row r="187" spans="1:2">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>418</v>
+        <v>17</v>
       </c>
     </row>
     <row r="188" spans="1:2">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>367</v>
+        <v>77</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>295</v>
+        <v>387</v>
       </c>
     </row>
     <row r="191" spans="1:2">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>419</v>
+        <v>328</v>
       </c>
     </row>
     <row r="192" spans="1:2">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>407</v>
+        <v>425</v>
       </c>
     </row>
     <row r="193" spans="1:2">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>226</v>
+        <v>373</v>
       </c>
     </row>
     <row r="194" spans="1:2">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>213</v>
+        <v>182</v>
       </c>
     </row>
     <row r="195" spans="1:2">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>360</v>
+        <v>301</v>
       </c>
     </row>
     <row r="196" spans="1:2">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>107</v>
+        <v>370</v>
       </c>
     </row>
     <row r="197" spans="1:2">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>191</v>
+        <v>233</v>
       </c>
     </row>
     <row r="198" spans="1:2">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>60</v>
+        <v>215</v>
       </c>
     </row>
     <row r="199" spans="1:2">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>440</v>
+        <v>469</v>
       </c>
     </row>
     <row r="200" spans="1:2">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>447</v>
+        <v>366</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>318</v>
+        <v>426</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>205</v>
+        <v>109</v>
       </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>342</v>
+        <v>194</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>393</v>
+        <v>447</v>
       </c>
     </row>
     <row r="206" spans="1:2">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>343</v>
+        <v>455</v>
       </c>
     </row>
     <row r="207" spans="1:2">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>28</v>
+        <v>321</v>
       </c>
     </row>
     <row r="208" spans="1:2">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>169</v>
+        <v>349</v>
       </c>
     </row>
     <row r="209" spans="1:2">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>310</v>
+        <v>129</v>
       </c>
     </row>
     <row r="210" spans="1:2">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>256</v>
+        <v>400</v>
       </c>
     </row>
     <row r="211" spans="1:2">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>270</v>
+        <v>229</v>
       </c>
     </row>
     <row r="212" spans="1:2">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>272</v>
+        <v>20</v>
       </c>
     </row>
     <row r="213" spans="1:2">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>146</v>
+        <v>171</v>
       </c>
     </row>
     <row r="214" spans="1:2">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>224</v>
+        <v>314</v>
       </c>
     </row>
     <row r="215" spans="1:2">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="216" spans="1:2">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>376</v>
+        <v>277</v>
       </c>
     </row>
     <row r="217" spans="1:2">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>245</v>
+        <v>279</v>
       </c>
     </row>
     <row r="218" spans="1:2">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>289</v>
+        <v>227</v>
       </c>
     </row>
     <row r="219" spans="1:2">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>458</v>
+        <v>99</v>
       </c>
     </row>
     <row r="220" spans="1:2">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>116</v>
+        <v>231</v>
       </c>
     </row>
     <row r="221" spans="1:2">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>148</v>
+        <v>267</v>
       </c>
     </row>
     <row r="222" spans="1:2">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>457</v>
+        <v>382</v>
       </c>
     </row>
     <row r="223" spans="1:2">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>374</v>
+        <v>252</v>
       </c>
     </row>
     <row r="224" spans="1:2">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>164</v>
+        <v>295</v>
       </c>
     </row>
     <row r="225" spans="1:2">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>228</v>
+        <v>299</v>
       </c>
     </row>
     <row r="226" spans="1:2">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>433</v>
+        <v>289</v>
       </c>
     </row>
     <row r="227" spans="1:2">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>255</v>
+        <v>383</v>
       </c>
     </row>
     <row r="228" spans="1:2">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>22</v>
+        <v>122</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>394</v>
+        <v>176</v>
       </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>324</v>
+        <v>380</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>389</v>
+        <v>82</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>409</v>
+        <v>436</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>202</v>
+        <v>235</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>2</v>
+        <v>439</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>291</v>
+        <v>261</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>274</v>
+        <v>29</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>8</v>
+        <v>401</v>
       </c>
     </row>
     <row r="238" spans="1:2">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="239" spans="1:2">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>190</v>
+        <v>329</v>
       </c>
     </row>
     <row r="240" spans="1:2">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
     </row>
     <row r="241" spans="1:2">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>122</v>
+        <v>415</v>
       </c>
     </row>
     <row r="242" spans="1:2">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>23</v>
+        <v>203</v>
       </c>
     </row>
     <row r="243" spans="1:2">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="244" spans="1:2">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
     </row>
     <row r="245" spans="1:2">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
     </row>
     <row r="246" spans="1:2">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
     </row>
     <row r="247" spans="1:2">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>257</v>
+        <v>193</v>
       </c>
     </row>
     <row r="248" spans="1:2">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>102</v>
+        <v>386</v>
       </c>
     </row>
     <row r="249" spans="1:2">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>105</v>
+        <v>30</v>
       </c>
     </row>
     <row r="250" spans="1:2">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>101</v>
+        <v>7</v>
       </c>
     </row>
     <row r="251" spans="1:2">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>31</v>
+        <v>98</v>
       </c>
     </row>
     <row r="252" spans="1:2">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>286</v>
+        <v>38</v>
       </c>
     </row>
     <row r="253" spans="1:2">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
     </row>
     <row r="254" spans="1:2">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>36</v>
+        <v>263</v>
       </c>
     </row>
     <row r="255" spans="1:2">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>85</v>
+        <v>104</v>
       </c>
     </row>
     <row r="256" spans="1:2">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>61</v>
+        <v>107</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>26</v>
+        <v>470</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>153</v>
+        <v>103</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>299</v>
+        <v>88</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>313</v>
+        <v>67</v>
       </c>
     </row>
     <row r="263" spans="1:2">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>108</v>
+        <v>48</v>
       </c>
     </row>
     <row r="264" spans="1:2">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
     </row>
     <row r="265" spans="1:2">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>94</v>
+        <v>153</v>
       </c>
     </row>
     <row r="266" spans="1:2">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
     </row>
     <row r="267" spans="1:2">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>384</v>
+        <v>304</v>
       </c>
     </row>
     <row r="268" spans="1:2">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>225</v>
+        <v>324</v>
       </c>
     </row>
     <row r="269" spans="1:2">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>172</v>
+        <v>111</v>
       </c>
     </row>
     <row r="270" spans="1:2">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>151</v>
+        <v>45</v>
       </c>
     </row>
     <row r="271" spans="1:2">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>362</v>
+        <v>114</v>
       </c>
     </row>
     <row r="272" spans="1:2">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>208</v>
+        <v>45</v>
       </c>
     </row>
     <row r="273" spans="1:2">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>21</v>
+        <v>391</v>
       </c>
     </row>
     <row r="274" spans="1:2">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>484</v>
+        <v>232</v>
       </c>
     </row>
     <row r="275" spans="1:2">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>505</v>
+        <v>175</v>
       </c>
     </row>
     <row r="276" spans="1:2">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>91</v>
+        <v>151</v>
       </c>
     </row>
     <row r="277" spans="1:2">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>489</v>
+        <v>368</v>
       </c>
     </row>
     <row r="278" spans="1:2">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>131</v>
+        <v>210</v>
       </c>
     </row>
     <row r="279" spans="1:2">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>479</v>
+        <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:2">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>17</v>
+        <v>128</v>
       </c>
     </row>
     <row r="281" spans="1:2">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>340</v>
+        <v>496</v>
       </c>
     </row>
     <row r="282" spans="1:2">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>95</v>
+        <v>517</v>
       </c>
     </row>
     <row r="283" spans="1:2">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>180</v>
+        <v>101</v>
       </c>
     </row>
     <row r="284" spans="1:2">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>223</v>
+        <v>503</v>
       </c>
     </row>
     <row r="285" spans="1:2">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>359</v>
+        <v>138</v>
       </c>
     </row>
     <row r="286" spans="1:2">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>432</v>
+        <v>491</v>
       </c>
     </row>
     <row r="287" spans="1:2">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>129</v>
+        <v>22</v>
       </c>
     </row>
     <row r="288" spans="1:2">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>442</v>
+        <v>23</v>
       </c>
     </row>
     <row r="289" spans="1:2">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
     </row>
     <row r="290" spans="1:2">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>217</v>
+        <v>183</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>111</v>
+        <v>226</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>461</v>
+        <v>364</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>239</v>
+        <v>438</v>
       </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>209</v>
+        <v>136</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>193</v>
+        <v>18</v>
       </c>
     </row>
     <row r="296" spans="1:2">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>290</v>
+        <v>26</v>
       </c>
     </row>
     <row r="297" spans="1:2">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>18</v>
+        <v>218</v>
       </c>
     </row>
     <row r="298" spans="1:2">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>349</v>
+        <v>117</v>
       </c>
     </row>
     <row r="299" spans="1:2">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>197</v>
+        <v>475</v>
       </c>
     </row>
     <row r="300" spans="1:2">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>128</v>
+        <v>247</v>
       </c>
     </row>
     <row r="301" spans="1:2">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>306</v>
+        <v>211</v>
       </c>
     </row>
     <row r="302" spans="1:2">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>378</v>
+        <v>296</v>
       </c>
     </row>
     <row r="303" spans="1:2">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>385</v>
+        <v>25</v>
       </c>
     </row>
     <row r="304" spans="1:2">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>498</v>
+        <v>355</v>
       </c>
     </row>
     <row r="305" spans="1:2">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>92</v>
+        <v>221</v>
       </c>
     </row>
     <row r="306" spans="1:2">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>273</v>
+        <v>135</v>
       </c>
     </row>
     <row r="307" spans="1:2">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>75</v>
+        <v>310</v>
       </c>
     </row>
     <row r="308" spans="1:2">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>501</v>
+        <v>392</v>
       </c>
     </row>
     <row r="309" spans="1:2">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>218</v>
+        <v>511</v>
       </c>
     </row>
     <row r="310" spans="1:2">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>84</v>
+        <v>110</v>
       </c>
     </row>
     <row r="311" spans="1:2">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>344</v>
+        <v>390</v>
       </c>
     </row>
     <row r="312" spans="1:2">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>132</v>
+        <v>280</v>
       </c>
     </row>
     <row r="313" spans="1:2">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>441</v>
+        <v>320</v>
       </c>
     </row>
     <row r="314" spans="1:2">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>271</v>
+        <v>94</v>
       </c>
     </row>
     <row r="315" spans="1:2">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>114</v>
+        <v>87</v>
       </c>
     </row>
     <row r="316" spans="1:2">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
     </row>
     <row r="317" spans="1:2">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>130</v>
+        <v>297</v>
       </c>
     </row>
     <row r="318" spans="1:2">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>238</v>
+        <v>139</v>
       </c>
     </row>
     <row r="319" spans="1:2">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>72</v>
+        <v>448</v>
       </c>
     </row>
     <row r="320" spans="1:2">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>234</v>
+        <v>278</v>
       </c>
     </row>
     <row r="321" spans="1:2">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>338</v>
+        <v>120</v>
       </c>
     </row>
     <row r="322" spans="1:2">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>506</v>
+        <v>354</v>
       </c>
     </row>
     <row r="323" spans="1:2">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>346</v>
+        <v>137</v>
       </c>
     </row>
     <row r="324" spans="1:2">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
     </row>
     <row r="325" spans="1:2">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>62</v>
+        <v>77</v>
       </c>
     </row>
     <row r="326" spans="1:2">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>456</v>
+        <v>319</v>
       </c>
     </row>
     <row r="327" spans="1:2">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
     </row>
     <row r="328" spans="1:2">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
     </row>
     <row r="329" spans="1:2">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>309</v>
+        <v>518</v>
       </c>
     </row>
     <row r="330" spans="1:2">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>293</v>
+        <v>352</v>
       </c>
     </row>
     <row r="331" spans="1:2">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>371</v>
+        <v>430</v>
       </c>
     </row>
     <row r="332" spans="1:2">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>314</v>
+        <v>112</v>
       </c>
     </row>
     <row r="333" spans="1:2">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>319</v>
+        <v>242</v>
       </c>
     </row>
     <row r="334" spans="1:2">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>144</v>
+        <v>513</v>
       </c>
     </row>
     <row r="335" spans="1:2">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>315</v>
+        <v>41</v>
       </c>
     </row>
     <row r="336" spans="1:2">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>147</v>
+        <v>68</v>
       </c>
     </row>
     <row r="337" spans="1:2">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>176</v>
+        <v>467</v>
       </c>
     </row>
     <row r="338" spans="1:2">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>227</v>
+        <v>251</v>
       </c>
     </row>
     <row r="339" spans="1:2">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>424</v>
+        <v>346</v>
       </c>
     </row>
     <row r="340" spans="1:2">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>215</v>
+        <v>313</v>
       </c>
     </row>
     <row r="341" spans="1:2">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>283</v>
+        <v>219</v>
       </c>
     </row>
     <row r="342" spans="1:2">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>428</v>
+        <v>377</v>
       </c>
     </row>
     <row r="343" spans="1:2">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>145</v>
+        <v>317</v>
       </c>
     </row>
     <row r="344" spans="1:2">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>387</v>
+        <v>196</v>
       </c>
     </row>
     <row r="345" spans="1:2">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>82</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:2">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>413</v>
+        <v>318</v>
       </c>
     </row>
     <row r="347" spans="1:2">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>329</v>
+        <v>230</v>
       </c>
     </row>
     <row r="348" spans="1:2">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>71</v>
+        <v>179</v>
       </c>
     </row>
     <row r="349" spans="1:2">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>399</v>
+        <v>162</v>
       </c>
     </row>
     <row r="350" spans="1:2">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>57</v>
+        <v>234</v>
       </c>
     </row>
     <row r="351" spans="1:2">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>163</v>
+        <v>132</v>
       </c>
     </row>
     <row r="352" spans="1:2">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>77</v>
+        <v>290</v>
       </c>
     </row>
     <row r="353" spans="1:2">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>90</v>
+        <v>434</v>
       </c>
     </row>
     <row r="354" spans="1:2">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>194</v>
+        <v>395</v>
       </c>
     </row>
     <row r="355" spans="1:2">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
     </row>
     <row r="356" spans="1:2">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>181</v>
+        <v>420</v>
       </c>
     </row>
     <row r="357" spans="1:2">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>248</v>
+        <v>334</v>
       </c>
     </row>
     <row r="358" spans="1:2">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>404</v>
+        <v>76</v>
       </c>
     </row>
     <row r="359" spans="1:2">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>474</v>
+        <v>166</v>
       </c>
     </row>
     <row r="360" spans="1:2">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>88</v>
+        <v>406</v>
       </c>
     </row>
     <row r="361" spans="1:2">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>403</v>
+        <v>62</v>
       </c>
     </row>
     <row r="362" spans="1:2">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>373</v>
+        <v>165</v>
       </c>
     </row>
     <row r="363" spans="1:2">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>439</v>
+        <v>95</v>
       </c>
     </row>
     <row r="364" spans="1:2">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>466</v>
+        <v>93</v>
       </c>
     </row>
     <row r="365" spans="1:2">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>39</v>
+        <v>197</v>
       </c>
     </row>
     <row r="366" spans="1:2">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>79</v>
+        <v>21</v>
       </c>
     </row>
     <row r="367" spans="1:2">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>78</v>
+        <v>184</v>
       </c>
     </row>
     <row r="368" spans="1:2">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
-        <v>74</v>
+        <v>255</v>
       </c>
     </row>
     <row r="369" spans="1:2">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
     </row>
     <row r="370" spans="1:2">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
-        <v>434</v>
+        <v>485</v>
       </c>
     </row>
     <row r="371" spans="1:2">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>231</v>
+        <v>91</v>
       </c>
     </row>
     <row r="372" spans="1:2">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>503</v>
+        <v>410</v>
       </c>
     </row>
     <row r="373" spans="1:2">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>106</v>
+        <v>322</v>
       </c>
     </row>
     <row r="374" spans="1:2">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
-        <v>438</v>
+        <v>379</v>
       </c>
     </row>
     <row r="375" spans="1:2">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
-        <v>80</v>
+        <v>446</v>
       </c>
     </row>
     <row r="376" spans="1:2">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
-        <v>317</v>
+        <v>479</v>
       </c>
     </row>
     <row r="377" spans="1:2">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>305</v>
+        <v>244</v>
       </c>
     </row>
     <row r="378" spans="1:2">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>311</v>
+        <v>81</v>
       </c>
     </row>
     <row r="379" spans="1:2">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>504</v>
+        <v>79</v>
       </c>
     </row>
     <row r="380" spans="1:2">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>141</v>
+        <v>413</v>
       </c>
     </row>
     <row r="381" spans="1:2">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>491</v>
+        <v>440</v>
       </c>
     </row>
     <row r="382" spans="1:2">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>490</v>
+        <v>238</v>
       </c>
     </row>
     <row r="383" spans="1:2">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>350</v>
+        <v>515</v>
       </c>
     </row>
     <row r="384" spans="1:2">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>408</v>
+        <v>445</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>460</v>
+        <v>309</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>412</v>
+        <v>315</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>410</v>
+        <v>516</v>
       </c>
     </row>
     <row r="388" spans="1:2">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>143</v>
+        <v>108</v>
       </c>
     </row>
     <row r="389" spans="1:2">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>437</v>
+        <v>24</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>119</v>
+        <v>393</v>
       </c>
     </row>
     <row r="391" spans="1:2">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>395</v>
+        <v>504</v>
       </c>
     </row>
     <row r="392" spans="1:2">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>109</v>
+        <v>356</v>
       </c>
     </row>
     <row r="393" spans="1:2">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>492</v>
+        <v>419</v>
       </c>
     </row>
     <row r="394" spans="1:2">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>262</v>
+        <v>414</v>
       </c>
     </row>
     <row r="395" spans="1:2">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>254</v>
+        <v>474</v>
       </c>
     </row>
     <row r="396" spans="1:2">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>275</v>
+        <v>418</v>
       </c>
     </row>
     <row r="397" spans="1:2">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>278</v>
+        <v>416</v>
       </c>
     </row>
     <row r="398" spans="1:2">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>280</v>
+        <v>149</v>
       </c>
     </row>
     <row r="399" spans="1:2">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>276</v>
+        <v>444</v>
       </c>
     </row>
     <row r="400" spans="1:2">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>117</v>
+        <v>507</v>
       </c>
     </row>
     <row r="401" spans="1:2">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
-        <v>279</v>
+        <v>125</v>
       </c>
     </row>
     <row r="402" spans="1:2">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
     </row>
     <row r="403" spans="1:2">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>50</v>
+        <v>402</v>
       </c>
     </row>
     <row r="404" spans="1:2">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
     </row>
     <row r="405" spans="1:2">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>52</v>
+        <v>268</v>
       </c>
     </row>
     <row r="406" spans="1:2">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>47</v>
+        <v>260</v>
       </c>
     </row>
     <row r="407" spans="1:2">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="408" spans="1:2">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>44</v>
+        <v>285</v>
       </c>
     </row>
     <row r="409" spans="1:2">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>51</v>
+        <v>287</v>
       </c>
     </row>
     <row r="410" spans="1:2">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>48</v>
+        <v>283</v>
       </c>
     </row>
     <row r="411" spans="1:2">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>370</v>
+        <v>123</v>
       </c>
     </row>
     <row r="412" spans="1:2">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>415</v>
+        <v>286</v>
       </c>
     </row>
     <row r="413" spans="1:2">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>387</v>
+        <v>51</v>
       </c>
     </row>
     <row r="414" spans="1:2">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>171</v>
+        <v>55</v>
       </c>
     </row>
     <row r="415" spans="1:2">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="416" spans="1:2">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>351</v>
+        <v>57</v>
       </c>
     </row>
     <row r="417" spans="1:2">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>354</v>
+        <v>52</v>
       </c>
     </row>
     <row r="418" spans="1:2">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>356</v>
+        <v>288</v>
       </c>
     </row>
     <row r="419" spans="1:2">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>355</v>
+        <v>49</v>
       </c>
     </row>
     <row r="420" spans="1:2">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>465</v>
+        <v>56</v>
       </c>
     </row>
     <row r="421" spans="1:2">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>353</v>
+        <v>53</v>
       </c>
     </row>
     <row r="422" spans="1:2">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>400</v>
+        <v>376</v>
       </c>
     </row>
     <row r="423" spans="1:2">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>266</v>
+        <v>422</v>
       </c>
     </row>
     <row r="424" spans="1:2">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>38</v>
+        <v>395</v>
       </c>
     </row>
     <row r="425" spans="1:2">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
-        <v>263</v>
+        <v>174</v>
       </c>
     </row>
     <row r="426" spans="1:2">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>416</v>
+        <v>357</v>
       </c>
     </row>
     <row r="427" spans="1:2">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
-        <v>116</v>
+        <v>360</v>
       </c>
     </row>
     <row r="428" spans="1:2">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>416</v>
+        <v>362</v>
       </c>
     </row>
     <row r="429" spans="1:2">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>56</v>
+        <v>361</v>
       </c>
     </row>
     <row r="430" spans="1:2">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
     </row>
     <row r="431" spans="1:2">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>402</v>
+        <v>359</v>
       </c>
     </row>
     <row r="432" spans="1:2">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>473</v>
+        <v>407</v>
       </c>
     </row>
     <row r="433" spans="1:2">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>472</v>
+        <v>272</v>
       </c>
     </row>
     <row r="434" spans="1:2">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>59</v>
+        <v>269</v>
       </c>
     </row>
     <row r="435" spans="1:2">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
-        <v>265</v>
+        <v>423</v>
       </c>
     </row>
     <row r="436" spans="1:2">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>264</v>
+        <v>122</v>
       </c>
     </row>
     <row r="437" spans="1:2">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>125</v>
+        <v>423</v>
       </c>
     </row>
     <row r="438" spans="1:2">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>326</v>
+        <v>60</v>
       </c>
     </row>
     <row r="439" spans="1:2">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
-        <v>55</v>
+        <v>473</v>
       </c>
     </row>
     <row r="440" spans="1:2">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>301</v>
+        <v>409</v>
       </c>
     </row>
     <row r="441" spans="1:2">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>487</v>
+        <v>472</v>
       </c>
     </row>
     <row r="442" spans="1:2">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
-        <v>352</v>
+        <v>484</v>
       </c>
     </row>
     <row r="443" spans="1:2">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
-        <v>452</v>
+        <v>468</v>
       </c>
     </row>
     <row r="444" spans="1:2">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>302</v>
+        <v>64</v>
       </c>
     </row>
     <row r="445" spans="1:2">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
-        <v>495</v>
+        <v>271</v>
       </c>
     </row>
     <row r="446" spans="1:2">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>302</v>
+        <v>270</v>
       </c>
     </row>
     <row r="447" spans="1:2">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>66</v>
+        <v>131</v>
       </c>
     </row>
     <row r="448" spans="1:2">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>450</v>
+        <v>331</v>
       </c>
     </row>
     <row r="449" spans="1:2">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>241</v>
+        <v>59</v>
       </c>
     </row>
     <row r="450" spans="1:2">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
-        <v>496</v>
+        <v>65</v>
       </c>
     </row>
     <row r="451" spans="1:2">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="452" spans="1:2">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>277</v>
+        <v>358</v>
       </c>
     </row>
     <row r="453" spans="1:2">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>347</v>
+        <v>463</v>
       </c>
     </row>
     <row r="454" spans="1:2">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
-        <v>198</v>
+        <v>306</v>
       </c>
     </row>
     <row r="455" spans="1:2">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
-        <v>34</v>
+        <v>509</v>
       </c>
     </row>
     <row r="456" spans="1:2">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
-        <v>486</v>
+        <v>306</v>
       </c>
     </row>
     <row r="457" spans="1:2">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
-        <v>431</v>
+        <v>208</v>
       </c>
     </row>
     <row r="458" spans="1:2">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>34</v>
+        <v>461</v>
       </c>
     </row>
     <row r="459" spans="1:2">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
-        <v>449</v>
+        <v>249</v>
       </c>
     </row>
     <row r="460" spans="1:2">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
-        <v>269</v>
+        <v>510</v>
       </c>
     </row>
     <row r="461" spans="1:2">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
-        <v>469</v>
+        <v>248</v>
       </c>
     </row>
     <row r="462" spans="1:2">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
-        <v>470</v>
+        <v>353</v>
       </c>
     </row>
     <row r="463" spans="1:2">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
-        <v>54</v>
+        <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:2">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
-        <v>488</v>
+        <v>39</v>
       </c>
     </row>
     <row r="465" spans="1:2">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
     </row>
     <row r="466" spans="1:2">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
-        <v>284</v>
+        <v>437</v>
       </c>
     </row>
     <row r="467" spans="1:2">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>430</v>
+        <v>284</v>
       </c>
     </row>
     <row r="468" spans="1:2">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
-        <v>483</v>
+        <v>39</v>
       </c>
     </row>
     <row r="469" spans="1:2">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
-        <v>45</v>
+        <v>460</v>
       </c>
     </row>
     <row r="470" spans="1:2">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
-        <v>59</v>
+        <v>275</v>
       </c>
     </row>
     <row r="471" spans="1:2">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>402</v>
+        <v>482</v>
       </c>
     </row>
     <row r="472" spans="1:2">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
     </row>
     <row r="473" spans="1:2">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>334</v>
+        <v>58</v>
       </c>
     </row>
     <row r="474" spans="1:2">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>386</v>
+        <v>58</v>
       </c>
     </row>
     <row r="475" spans="1:2">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
-        <v>232</v>
+        <v>501</v>
       </c>
     </row>
     <row r="476" spans="1:2">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
-        <v>475</v>
+        <v>520</v>
       </c>
     </row>
     <row r="477" spans="1:2">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
-        <v>468</v>
+        <v>291</v>
       </c>
     </row>
     <row r="478" spans="1:2">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
-        <v>198</v>
+        <v>494</v>
       </c>
     </row>
     <row r="479" spans="1:2">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
-        <v>198</v>
+        <v>50</v>
       </c>
     </row>
     <row r="480" spans="1:2">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>464</v>
+        <v>64</v>
       </c>
     </row>
     <row r="481" spans="1:2">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
-        <v>459</v>
+        <v>409</v>
       </c>
     </row>
     <row r="482" spans="1:2">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>54</v>
+        <v>480</v>
       </c>
     </row>
     <row r="483" spans="1:2">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>453</v>
+        <v>339</v>
       </c>
     </row>
     <row r="484" spans="1:2">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>267</v>
+        <v>394</v>
       </c>
     </row>
     <row r="485" spans="1:2">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>268</v>
+        <v>239</v>
       </c>
     </row>
     <row r="486" spans="1:2">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>502</v>
+        <v>486</v>
       </c>
     </row>
     <row r="487" spans="1:2">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>59</v>
+        <v>481</v>
       </c>
     </row>
     <row r="488" spans="1:2">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>482</v>
+        <v>200</v>
       </c>
     </row>
     <row r="489" spans="1:2">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>296</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:2">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>206</v>
+        <v>478</v>
       </c>
     </row>
     <row r="491" spans="1:2">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>216</v>
+        <v>471</v>
       </c>
     </row>
     <row r="492" spans="1:2">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>214</v>
+        <v>58</v>
       </c>
     </row>
     <row r="493" spans="1:2">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
-        <v>211</v>
+        <v>464</v>
       </c>
     </row>
     <row r="494" spans="1:2">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
-        <v>325</v>
+        <v>273</v>
       </c>
     </row>
     <row r="495" spans="1:2">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>199</v>
+        <v>274</v>
       </c>
     </row>
     <row r="496" spans="1:2">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>54</v>
+        <v>514</v>
       </c>
     </row>
     <row r="497" spans="1:2">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>463</v>
+        <v>64</v>
       </c>
     </row>
     <row r="498" spans="1:2">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>212</v>
+        <v>493</v>
       </c>
     </row>
     <row r="499" spans="1:2">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>282</v>
+        <v>302</v>
       </c>
     </row>
     <row r="500" spans="1:2">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
-        <v>401</v>
+        <v>207</v>
       </c>
     </row>
     <row r="501" spans="1:2">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
-        <v>476</v>
+        <v>217</v>
       </c>
     </row>
     <row r="502" spans="1:2">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
-        <v>58</v>
+        <v>216</v>
       </c>
     </row>
     <row r="503" spans="1:2">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>331</v>
+        <v>213</v>
       </c>
     </row>
     <row r="504" spans="1:2">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>485</v>
+        <v>330</v>
       </c>
     </row>
     <row r="505" spans="1:2">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>414</v>
+        <v>201</v>
       </c>
     </row>
     <row r="506" spans="1:2">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>332</v>
+        <v>477</v>
       </c>
     </row>
     <row r="507" spans="1:2">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>183</v>
+        <v>214</v>
       </c>
     </row>
     <row r="508" spans="1:2">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>397</v>
+        <v>498</v>
       </c>
     </row>
     <row r="509" spans="1:2">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>392</v>
+        <v>58</v>
       </c>
     </row>
     <row r="510" spans="1:2">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>425</v>
+        <v>305</v>
       </c>
     </row>
     <row r="511" spans="1:2">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>478</v>
+        <v>336</v>
       </c>
     </row>
     <row r="512" spans="1:2">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
-        <v>463</v>
+        <v>408</v>
       </c>
     </row>
     <row r="513" spans="1:2">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
-        <v>300</v>
+        <v>487</v>
       </c>
     </row>
     <row r="514" spans="1:2">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
-        <v>454</v>
+        <v>63</v>
       </c>
     </row>
     <row r="515" spans="1:2">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
-        <v>451</v>
+        <v>61</v>
       </c>
     </row>
     <row r="516" spans="1:2">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
-        <v>200</v>
+        <v>443</v>
       </c>
     </row>
     <row r="517" spans="1:2">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>508</v>
+        <v>421</v>
       </c>
     </row>
     <row r="518" spans="1:2">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>455</v>
+        <v>337</v>
       </c>
     </row>
     <row r="519" spans="1:2">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>462</v>
+        <v>186</v>
       </c>
     </row>
     <row r="520" spans="1:2">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>494</v>
+        <v>404</v>
       </c>
     </row>
     <row r="521" spans="1:2">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>477</v>
+        <v>276</v>
       </c>
     </row>
     <row r="522" spans="1:2">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>463</v>
+        <v>431</v>
       </c>
     </row>
     <row r="523" spans="1:2">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>333</v>
+        <v>490</v>
       </c>
     </row>
     <row r="524" spans="1:2">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>285</v>
+        <v>476</v>
+      </c>
+    </row>
+    <row r="525" spans="1:2">
+      <c r="A525">
+        <v>524</v>
+      </c>
+      <c r="B525" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="526" spans="1:2">
+      <c r="A526">
+        <v>525</v>
+      </c>
+      <c r="B526" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="527" spans="1:2">
+      <c r="A527">
+        <v>526</v>
+      </c>
+      <c r="B527" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="528" spans="1:2">
+      <c r="A528">
+        <v>527</v>
+      </c>
+      <c r="B528" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="529" spans="1:2">
+      <c r="A529">
+        <v>528</v>
+      </c>
+      <c r="B529" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="530" spans="1:2">
+      <c r="A530">
+        <v>529</v>
+      </c>
+      <c r="B530" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="531" spans="1:2">
+      <c r="A531">
+        <v>530</v>
+      </c>
+      <c r="B531" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="532" spans="1:2">
+      <c r="A532">
+        <v>531</v>
+      </c>
+      <c r="B532" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="533" spans="1:2">
+      <c r="A533">
+        <v>532</v>
+      </c>
+      <c r="B533" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="534" spans="1:2">
+      <c r="A534">
+        <v>533</v>
+      </c>
+      <c r="B534" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="535" spans="1:2">
+      <c r="A535">
+        <v>534</v>
+      </c>
+      <c r="B535" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="536" spans="1:2">
+      <c r="A536">
+        <v>535</v>
+      </c>
+      <c r="B536" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="537" spans="1:2">
+      <c r="A537">
+        <v>536</v>
+      </c>
+      <c r="B537" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="538" spans="1:2">
+      <c r="A538">
+        <v>537</v>
+      </c>
+      <c r="B538" t="s">
+        <v>292</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">